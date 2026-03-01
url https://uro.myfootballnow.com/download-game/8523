--- v0 (2026-02-07)
+++ v1 (2026-03-01)
@@ -1658,51 +1658,51 @@
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>3-9-CRO 32 (6:42) 3-Robert Simpson pass Pass knocked down by 23-Zaki El-Harith. incomplete, intended for 18-Neil Scott.</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>4-9-CRO 32 (6:39) 17-Juan Cesar Carpintero 50 yard field goal is GOOD. CRO 53-James Evans was injured on the play. ROS 25 CRO 21</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>(6:36) 17-Juan Cesar Carpintero kicks 70 yards from ROS 35 to CRO -5. 38-Gerald Windsor to CRO 19 for 24 yards. Tackle by 38-Marco Antonio Solis.</t>
   </si>
   <si>
     <t>CRO 19</t>
   </si>
   <si>
     <t>1-10-CRO 19 (6:32) 32-James Kliebert ran to CRO 32 for 13 yards. Tackle by 43-Charles Tennyson.</t>
   </si>
   <si>
-    <t>#42 James Potter - SLB</t>
+    <t>#42 James Potter - RDE</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>1-10-CRO 32 (5:57) 28-David Nazario ran to CRO 37 for 5 yards. Tackle by 58-Larry Berry.</t>
   </si>
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>2-5-CRO 37 (5:23) 38-Gerald Windsor ran to ROS 49 for 14 yards. Tackle by 51-Charles Gibson.</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>ROS 49</t>
   </si>
   <si>
     <t>1-10-ROS 49 (4:41) 13-Donovan McNabb Jr. pass complete to 83-Matthew Johnson to ROS 38 for 11 yards. Tackle by 58-Larry Berry.</t>
   </si>