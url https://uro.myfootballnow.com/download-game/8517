--- v0 (2026-02-07)
+++ v1 (2026-03-01)
@@ -461,51 +461,51 @@
   <si>
     <t>#87 John Seal - TE</t>
   </si>
   <si>
     <t>#98 Joseph Tuel - LDE</t>
   </si>
   <si>
     <t>#92 Thomas Corchado - SLB</t>
   </si>
   <si>
     <t>13:16</t>
   </si>
   <si>
     <t>BAX 44</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-7-BAX 44 (13:15) 3-Thomas Pick pass Pass knocked down by 44-Gregory Ritter. incomplete, intended for 13-Mac Daniels.</t>
   </si>
   <si>
-    <t>#75 William Zimmerman - C</t>
+    <t>#72 William Zimmerman - C</t>
   </si>
   <si>
     <t>#21 Fred Singh - SS</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>3-7-BAX 44 (13:12) 3-Thomas Pick pass complete to 88-Bradley Butler to SFX 40 for 16 yards. Tackle by 34-Kent Williams.</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>SFX 40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>