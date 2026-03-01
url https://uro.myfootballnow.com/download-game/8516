--- v0 (2026-02-07)
+++ v1 (2026-03-01)
@@ -332,51 +332,51 @@
   <si>
     <t>#93 Raymond Hess - SLB</t>
   </si>
   <si>
     <t>#57 Matthew Pringle - LDE</t>
   </si>
   <si>
     <t>#12 Victor Henkel - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 33-Son Long ran to PHI 29 for 4 yards. Tackle by 39-Robert Attwood.</t>
   </si>
   <si>
-    <t>#6 Brian Puente - QB</t>
+    <t>#18 Brian Puente - QB</t>
   </si>
   <si>
     <t>#33 Son Long - FB</t>
   </si>
   <si>
     <t>#83 Javier Chan - TE</t>
   </si>
   <si>
     <t>#89 Jerrold Hanson - WR</t>
   </si>
   <si>
     <t>#87 Nicholas Hawkins - WR</t>
   </si>
   <si>
     <t>#71 Craig Umstead - LT</t>
   </si>
   <si>
     <t>#65 James Villa - LG</t>
   </si>
   <si>
     <t>#72 Rogelio Sanders - C</t>
   </si>
   <si>
     <t>#72 Dominic Salter - RG</t>
   </si>
@@ -2236,51 +2236,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="301.926" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>