--- v0 (2026-02-07)
+++ v1 (2026-03-01)
@@ -335,75 +335,75 @@
   <si>
     <t>#28 Mark Jacobs - SS</t>
   </si>
   <si>
     <t>#8 George Harris - K</t>
   </si>
   <si>
     <t>RAJ</t>
   </si>
   <si>
     <t>RAJ 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-RAJ 25 (15:00) 5-Jose Bautista pass Pass knocked down by 36-Ernest Wright. incomplete, intended for 89-George Chaves.</t>
   </si>
   <si>
     <t>#5 Jose Bautista - QB</t>
   </si>
   <si>
-    <t>#89 Anthony Mack - RB</t>
+    <t>#49 Anthony Mack - RB</t>
   </si>
   <si>
     <t>#81 Anthony Messersmith - TE</t>
   </si>
   <si>
     <t>#83 Michael Page - TE</t>
   </si>
   <si>
     <t>#89 George Chaves - WR</t>
   </si>
   <si>
     <t>#2 David Neely - LT</t>
   </si>
   <si>
     <t>#10 Miguel Beyer - LG</t>
   </si>
   <si>
     <t>#75 Jerry Nguyen - C</t>
   </si>
   <si>
     <t>#79 Fernando Englert - RG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#3 David Williams - LDE</t>
   </si>
   <si>
     <t>#53 Darrell Tibbs - DT</t>
   </si>
   <si>
     <t>#52 Scott Sanford - DT</t>
   </si>
   <si>
     <t>#91 Justin Miller - RDE</t>
   </si>
   <si>
     <t>#94 Emmett Stamey - WLB</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
   <si>
     <t>#56 Bryan Walker - WLB</t>
   </si>
   <si>
     <t>#36 Ernest Wright - CB</t>
   </si>
@@ -638,54 +638,54 @@
   <si>
     <t>(7:39) 6-John Richards kicks 75 yards from RAJ 35 to TOY -10. Touchback.</t>
   </si>
   <si>
     <t>#84 Micheal Townsend - WR</t>
   </si>
   <si>
     <t>#89 Thomas Anderson - TE</t>
   </si>
   <si>
     <t>#30 James Chamberlain - RB</t>
   </si>
   <si>
     <t>TOY 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TOY 25 (7:39) 4-Aaron Spivey ran to TOY 36 for 11 yards. Tackle by 28-Mark Jacobs.</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
-[...2 lines deleted...]
-    <t>#4 Aaron Spivey - RB</t>
+    <t>#6 William Talbert - QB</t>
+  </si>
+  <si>
+    <t>#47 Aaron Spivey - RB</t>
   </si>
   <si>
     <t>#88 George Treadwell - TE</t>
   </si>
   <si>
     <t>#81 John Favors - WR</t>
   </si>
   <si>
     <t>#12 Flash Hayashi - WR</t>
   </si>
   <si>
     <t>#78 John Hain - LT</t>
   </si>
   <si>
     <t>#64 Barry Naber - LG</t>
   </si>
   <si>
     <t>#4 Joe Mendes - C</t>
   </si>
   <si>
     <t>#70 Lawrence Rogers - RG</t>
   </si>
   <si>
     <t>#61 Christopher Swift - RT</t>
   </si>
@@ -2152,51 +2152,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>