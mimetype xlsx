--- v0 (2026-02-07)
+++ v1 (2026-03-01)
@@ -590,51 +590,51 @@
   <si>
     <t>#19 Francis Dragon - P</t>
   </si>
   <si>
     <t>#72 Michael Tan - C</t>
   </si>
   <si>
     <t>#91 Victor Little - SLB</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>SHI 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-SHI 23 (11:24) 46-Gary Scott ran to SHI 22 for -1 yards. Tackle by 50-John Sam.</t>
   </si>
   <si>
-    <t>#99 William Sullivan - RDE</t>
+    <t>#56 William Sullivan - WLB</t>
   </si>
   <si>
     <t>#97 Tim Wilson - SLB</t>
   </si>
   <si>
     <t>#30 Tuan Reed - CB</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>SHI 22</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-11-SHI 22 (10:47) 2-Daniel Wallen pass complete to 81-Alan Parker to SHI 33 for 11 yards. Tackle by 25-Jesse Williams.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>