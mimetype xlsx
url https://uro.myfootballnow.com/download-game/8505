--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -467,51 +467,51 @@
   <si>
     <t>4-6-BAX 29 (12:59) 2-Albert Dehart punts 47 yards to BFD 24. Fair Catch by 33-Luis Darling.</t>
   </si>
   <si>
     <t>#2 Albert Dehart - P</t>
   </si>
   <si>
     <t>#44 Tuilyn Bat Bökh - FB</t>
   </si>
   <si>
     <t>#33 Luis Darling - RB</t>
   </si>
   <si>
     <t>#23 Ben Lam - FS</t>
   </si>
   <si>
     <t>#85 Roger Conway - WR</t>
   </si>
   <si>
     <t>#92 John Fogle - SLB</t>
   </si>
   <si>
     <t>#53 Lewis Curran - LG</t>
   </si>
   <si>
-    <t>#75 William Zimmerman - C</t>
+    <t>#72 William Zimmerman - C</t>
   </si>
   <si>
     <t>#61 Paul Mendoza - LDE</t>
   </si>
   <si>
     <t>#98 Dennis Williams - LDE</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>BFD 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-BFD 24 (12:53) 5-Tony Russell pass complete to 81-Paul Yuen to BFD 32 for 8 yards. Tackle by 50-Lonnie Kershaw.</t>
   </si>
   <si>
     <t>#5 Tony Russell - QB</t>
   </si>