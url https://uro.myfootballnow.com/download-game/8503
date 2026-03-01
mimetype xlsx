--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -500,78 +500,78 @@
   <si>
     <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#79 Noah Jacques - LG</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>RAJ 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-RAJ 21 (13:03) 89-Anthony Mack ran to RAJ 21 for a short gain. Tackle by 93-Gregory Hertel. RAJ 10-Miguel Beyer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Jose Bautista - QB</t>
   </si>
   <si>
-    <t>#89 Anthony Mack - RB</t>
+    <t>#49 Anthony Mack - RB</t>
   </si>
   <si>
     <t>#25 John Lynch - FB</t>
   </si>
   <si>
     <t>#81 Anthony Messersmith - TE</t>
   </si>
   <si>
     <t>#83 Michael Page - TE</t>
   </si>
   <si>
     <t>#80 Marvin Hill - TE</t>
   </si>
   <si>
     <t>#2 David Neely - LT</t>
   </si>
   <si>
     <t>#10 Miguel Beyer - LG</t>
   </si>
   <si>
     <t>#75 Jerry Nguyen - C</t>
   </si>
   <si>
     <t>#79 Fernando Englert - RG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#64 Scott Garcia - LDE</t>
   </si>
   <si>
     <t>#50 Rene Stephens - LDE</t>
   </si>
   <si>
     <t>#1 Garry Miller - DT</t>
   </si>
   <si>
     <t>#97 Donald Phillips - DT</t>
   </si>
   <si>
     <t>#63 Napoleon White - RDE</t>
   </si>
   <si>
     <t>#53 Tony Blakney - SLB</t>
   </si>
   <si>
     <t>#93 Gregory Hertel - MLB</t>
   </si>
   <si>
     <t>12:20</t>
   </si>