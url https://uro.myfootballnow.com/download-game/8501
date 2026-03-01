--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -1082,51 +1082,51 @@
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>QUE 15</t>
   </si>
   <si>
     <t>(9:04) Extra point GOOD by 17-Juan Cesar Carpintero. ROS 10 QUE 10</t>
   </si>
   <si>
     <t>#86 Chris Gannon - TE</t>
   </si>
   <si>
     <t>(9:04) 17-Juan Cesar Carpintero kicks 74 yards from ROS 35 to QUE -9. 1-Tadej Pogacar to QUE 18 for 28 yards. Tackle by 49-Steven Hatch.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>QUE 18</t>
   </si>
   <si>
     <t>1-10-QUE 18 (9:00) 24-Michael Perez ran to QUE 23 for 5 yards. Tackle by 38-Marco Antonio Solis.</t>
   </si>
   <si>
-    <t>#42 James Potter - SLB</t>
+    <t>#42 James Potter - RDE</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>QUE 23</t>
   </si>
   <si>
     <t>2-5-QUE 23 (8:22) 24-Michael Perez ran to QUE 23 for a short gain. Tackle by 54-David Mix.</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>3-5-QUE 23 (7:37) 4-David Nowell pass complete to 14-Stephen Campos to QUE 28 for 5 yards. Tackle by 43-Charles Tennyson.</t>
   </si>
   <si>
     <t>7:01</t>
   </si>