--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -332,54 +332,54 @@
   <si>
     <t>#30 James Chamberlain - RB</t>
   </si>
   <si>
     <t>#56 Bryan Walker - WLB</t>
   </si>
   <si>
     <t>#9 Jose Morgan - K</t>
   </si>
   <si>
     <t>TOY</t>
   </si>
   <si>
     <t>TOY 25</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-TOY 25 (15:00) 18-William Talbert pass complete to 12-Flash Hayashi to TOY 37 for 12 yards. Tackle by 44-David Shapiro.</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
-[...2 lines deleted...]
-    <t>#4 Aaron Spivey - RB</t>
+    <t>#6 William Talbert - QB</t>
+  </si>
+  <si>
+    <t>#47 Aaron Spivey - RB</t>
   </si>
   <si>
     <t>#32 Ruben Williams - FB</t>
   </si>
   <si>
     <t>#88 George Treadwell - TE</t>
   </si>
   <si>
     <t>#81 John Favors - WR</t>
   </si>
   <si>
     <t>#12 Flash Hayashi - WR</t>
   </si>
   <si>
     <t>#78 John Hain - LT</t>
   </si>
   <si>
     <t>#64 Barry Naber - LG</t>
   </si>
   <si>
     <t>#4 Joe Mendes - C</t>
   </si>
   <si>
     <t>#70 Lawrence Rogers - RG</t>
   </si>