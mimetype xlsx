--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -623,51 +623,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:52) Extra point GOOD by 7-Brandon Johnson. DUB 7 LIS 0</t>
   </si>
   <si>
     <t>#7 Brandon Johnson - K</t>
   </si>
   <si>
     <t>#72 Timmy Johnson - C</t>
   </si>
   <si>
     <t>#64 Ian Meade - LG</t>
   </si>
   <si>
     <t>#70 Thomas Hodges - LT</t>
   </si>
   <si>
     <t>#58 Lawrence Bettencourt - RG</t>
   </si>
   <si>
     <t>#95 Jared James - WLB</t>
   </si>
   <si>
-    <t>#99 William Sullivan - RDE</t>
+    <t>#56 William Sullivan - WLB</t>
   </si>
   <si>
     <t>#95 Michel Pence - RDE</t>
   </si>
   <si>
     <t>#31 Joseph Tracy - FS</t>
   </si>
   <si>
     <t>DUB 35</t>
   </si>
   <si>
     <t>(6:52) 7-Brandon Johnson kicks 74 yards from DUB 35 to LIS -9. Touchback.</t>
   </si>
   <si>
     <t>#28 John Hunter - RB</t>
   </si>
   <si>
     <t>#4 Turbo Mendez - RB</t>
   </si>
   <si>
     <t>LIS 25</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>