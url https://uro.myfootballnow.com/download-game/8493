--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -1364,51 +1364,51 @@
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>(12:39) Extra point GOOD by 9-Kenneth Green. TJN 10 SJX 10</t>
   </si>
   <si>
     <t>(12:39) 9-Kenneth Green kicks 75 yards from TJN 35 to SJX -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-SJX 25 (12:39) 2-William Anderson pass complete to 86-William Irvine to SJX 47 for 22 yards. Tackle by 45-Floyd Brown. SJX 74-Alan Durant was injured on the play. He looks like he should be able to return. TJN 51-Michael Bruce was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>SJX 47</t>
   </si>
   <si>
     <t>1-10-SJX 47 (12:01) 28-Lucas Frick ran to SJX 49 for 2 yards. Tackle by 76-Walter Davenport.</t>
   </si>
   <si>
     <t>#63 Lee Knudtson - C</t>
   </si>
   <si>
-    <t>#32 Ernest Roache - SS</t>
+    <t>#46 Ernest Roache - SS</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>SJX 49</t>
   </si>
   <si>
     <t>2-8-SJX 49 (11:25) 2-William Anderson pass complete to 24-Paul Cain to SJX 49 for a short loss. Tackle by 38-Terry Driscoll.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-8-SJX 49 (10:46) 2-William Anderson pass complete to 86-William Irvine to TJN 46 for 5 yards. Diving tackle by 50-Clarence Grunewald.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>TJN 46</t>
   </si>