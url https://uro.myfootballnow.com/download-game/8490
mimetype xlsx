--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -503,51 +503,51 @@
   <si>
     <t>#18 Lazer Evans - WR</t>
   </si>
   <si>
     <t>#14 Wade Griffin - WR</t>
   </si>
   <si>
     <t>#17 Lenny Craft - WR</t>
   </si>
   <si>
     <t>#78 Richard McClendon - LT</t>
   </si>
   <si>
     <t>#61 Scott Coley - LG</t>
   </si>
   <si>
     <t>#60 Nathan Carico - C</t>
   </si>
   <si>
     <t>#63 Charles Law - RG</t>
   </si>
   <si>
     <t>#73 Joe Davis - RT</t>
   </si>
   <si>
-    <t>#99 William Sullivan - RDE</t>
+    <t>#56 William Sullivan - WLB</t>
   </si>
   <si>
     <t>#50 John Sam - MLB</t>
   </si>
   <si>
     <t>#46 Russel Soto - CB</t>
   </si>
   <si>
     <t>#30 Tuan Reed - CB</t>
   </si>
   <si>
     <t>#35 Nick Chavez - SS</t>
   </si>
   <si>
     <t>#34 Chad Troup - FS</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>ULA 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>