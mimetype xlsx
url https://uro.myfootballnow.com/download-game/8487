--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -584,51 +584,51 @@
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>(9:42) 6-Paul Wells kicks 63 yards from NSH 35 to PHI 2. 34-Eric James to PHI 23 for 22 yards. Tackle by 36-Steve Dickerson.</t>
   </si>
   <si>
     <t>#34 Eric James - RB</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PHI 23 (9:38) PENALTY - False Start (PHI 72-Rogelio Sanders)</t>
   </si>
   <si>
-    <t>#6 Brian Puente - QB</t>
+    <t>#18 Brian Puente - QB</t>
   </si>
   <si>
     <t>#33 Son Long - FB</t>
   </si>
   <si>
     <t>#83 Javier Chan - TE</t>
   </si>
   <si>
     <t>#89 Jerrold Hanson - WR</t>
   </si>
   <si>
     <t>#87 Nicholas Hawkins - WR</t>
   </si>
   <si>
     <t>#71 Craig Umstead - LT</t>
   </si>
   <si>
     <t>#65 James Villa - LG</t>
   </si>
   <si>
     <t>#72 Rogelio Sanders - C</t>
   </si>
   <si>
     <t>#72 Dominic Salter - RG</t>
   </si>