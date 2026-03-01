--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TOY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MCX</t>
   </si>
   <si>
     <t>MCX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Ralph Mason kicks 66 yards from MCX 35 to TOY -1. 4-Aaron Spivey to TOY 25 for 26 yards. Tackle by 20-Hector Sandoval.</t>
   </si>
   <si>
-    <t>#4 Aaron Spivey - RB</t>
+    <t>#47 Aaron Spivey - RB</t>
   </si>
   <si>
     <t>#63 Matthew Gonzales - RDE</t>
   </si>
   <si>
     <t>#52 Scott Sanford - DT</t>
   </si>
   <si>
     <t>#36 Ernest Wright - CB</t>
   </si>
   <si>
     <t>#48 Mark Mora - SS</t>
   </si>
   <si>
     <t>#57 David Simpson - MLB</t>
   </si>
   <si>
     <t>#89 Thomas Anderson - TE</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
   <si>
     <t>#20 Joshua Holloway - CB</t>
   </si>
@@ -335,51 +335,51 @@
   <si>
     <t>#56 Bryan Walker - WLB</t>
   </si>
   <si>
     <t>#10 Ralph Mason - K</t>
   </si>
   <si>
     <t>TOY</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>TOY 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-TOY 25 (14:57) 30-James Chamberlain ran to TOY 24 for -1 yards. Tackle by 39-Brian Kinney.</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
+    <t>#6 William Talbert - QB</t>
   </si>
   <si>
     <t>#32 Ruben Williams - FB</t>
   </si>
   <si>
     <t>#88 George Treadwell - TE</t>
   </si>
   <si>
     <t>#81 John Favors - WR</t>
   </si>
   <si>
     <t>#12 Flash Hayashi - WR</t>
   </si>
   <si>
     <t>#78 John Hain - LT</t>
   </si>
   <si>
     <t>#64 Barry Naber - LG</t>
   </si>
   <si>
     <t>#4 Joe Mendes - C</t>
   </si>
   <si>
     <t>#70 Lawrence Rogers - RG</t>
   </si>
@@ -2194,51 +2194,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="360.912" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>