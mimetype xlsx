--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -746,51 +746,51 @@
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>3-7-ROS 18 (4:32) 22-Bruce Hart ran to ROS 15 for 3 yards. Tackle by 58-Larry Berry.</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>ROS 15</t>
   </si>
   <si>
     <t>4-4-ROS 15 (3:56) 6-Daniel Shoemaker 33 yard field goal is GOOD. BAX 3 ROS 7</t>
   </si>
   <si>
     <t>#9 Thomas Gatto - QB</t>
   </si>
   <si>
     <t>#75 Ryan Body - LT</t>
   </si>
   <si>
     <t>#53 Lewis Curran - LG</t>
   </si>
   <si>
-    <t>#75 William Zimmerman - C</t>
+    <t>#72 William Zimmerman - C</t>
   </si>
   <si>
     <t>#98 Eric Macomber - RDE</t>
   </si>
   <si>
     <t>#55 Warren Ashley - MLB</t>
   </si>
   <si>
     <t>#90 Porterhouse Prime - RDE</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>(3:54) 6-Daniel Shoemaker kicks 74 yards from BAX 35 to ROS -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-ROS 25 (3:54) 3-Robert Simpson pass complete to 10-Jerry Ramirez to ROS 25 for a short gain. Tackle by 27-Matthew Johnson. PENALTY - Defensive Holding (BAX 25-Timothy Bishop)</t>
   </si>
   <si>
     <t>3:49</t>
   </si>
@@ -1670,51 +1670,51 @@
   <si>
     <t>BAX 48</t>
   </si>
   <si>
     <t>3-5-BAX 48 (6:13) 14-Ricardo Barreto Rocha ran to BAX 44 for 3 yards. Tackle by 93-Brian Chandler.</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>BAX 44</t>
   </si>
   <si>
     <t>4-2-BAX 44 (5:30) 9-Fernando French punts 35 yards to BAX 10.</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-BAX 10 (5:21) 3-Thomas Pick pass complete to 80-Robert Maloney to BAX 10 for a short gain. Tackle by 47-Randall Watts.</t>
   </si>
   <si>
-    <t>#42 James Potter - SLB</t>
+    <t>#42 James Potter - RDE</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>2-10-BAX 10 (5:01) 3-Thomas Pick pass Pass knocked down by 51-Charles Gibson. incomplete, intended for 22-Bruce Hart. Pressure by 96-Pedro Aznar.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-10-BAX 10 (4:58) 3-Thomas Pick pass complete to 13-Mac Daniels to BAX 18 for 8 yards. Tackle by 47-Randall Watts.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>4-2-BAX 18 (4:38) 22-Bruce Hart ran to BAX 22 for 5 yards. Tackle by 43-Charles Tennyson.</t>
   </si>
   <si>
     <t>4:20</t>
   </si>