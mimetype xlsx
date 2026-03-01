--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -503,75 +503,75 @@
   <si>
     <t>#65 Edward King - LT</t>
   </si>
   <si>
     <t>#19 Paul Williams - DT</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>RAJ 43</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-RAJ 43 (13:03) 5-Jose Bautista pass complete to 88-Richard Boren to RAJ 47 for 5 yards. Tackle by 47-Thad Aegis.</t>
   </si>
   <si>
     <t>#5 Jose Bautista - QB</t>
   </si>
   <si>
-    <t>#89 Anthony Mack - RB</t>
+    <t>#49 Anthony Mack - RB</t>
   </si>
   <si>
     <t>#25 John Lynch - FB</t>
   </si>
   <si>
     <t>#83 Michael Page - TE</t>
   </si>
   <si>
     <t>#89 George Chaves - WR</t>
   </si>
   <si>
     <t>#2 David Neely - LT</t>
   </si>
   <si>
     <t>#10 Miguel Beyer - LG</t>
   </si>
   <si>
     <t>#75 Jerry Nguyen - C</t>
   </si>
   <si>
     <t>#79 Fernando Englert - RG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#60 James Rogers - DT</t>
   </si>
   <si>
     <t>#76 Walter Davenport - DT</t>
   </si>
   <si>
     <t>#75 Billy Sanders - RDE</t>
   </si>
   <si>
     <t>#92 Charles Herrera - SLB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>RAJ 47</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -779,51 +779,51 @@
   <si>
     <t>4-2-RAJ 45 (4:37) 13-Marvin Stpierre punts 39 yards to RAJ 6.</t>
   </si>
   <si>
     <t>#55 Leonard Ellis - RDE</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>RAJ 6</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-RAJ 6 (4:28) 89-Anthony Mack ran to RAJ 8 for 3 yards. Tackle by 50-Clarence Grunewald.</t>
   </si>
   <si>
     <t>#77 Nathan McIntire - LDE</t>
   </si>
   <si>
-    <t>#32 Ernest Roache - SS</t>
+    <t>#46 Ernest Roache - SS</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>RAJ 8</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-7-RAJ 8 (3:44) 5-Jose Bautista pass complete to 88-Richard Boren to RAJ 12 for 3 yards. Tackle by 39-David Smith.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>RAJ 12</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>