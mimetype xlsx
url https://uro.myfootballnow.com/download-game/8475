--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -434,51 +434,51 @@
   <si>
     <t>1-10-ULA 36 (14:18) 33-James Buhr ran to ULA 35 for a short loss. Tackle by 45-Floyd Brown.</t>
   </si>
   <si>
     <t>#89 Kirk Mann - TE</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>ULA 35</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-ULA 35 (13:37) 33-James Buhr ran to ULA 46 for 11 yards. Tackle by 38-Terry Driscoll.</t>
   </si>
   <si>
     <t>#92 Charles Herrera - SLB</t>
   </si>
   <si>
-    <t>#32 Ernest Roache - SS</t>
+    <t>#46 Ernest Roache - SS</t>
   </si>
   <si>
     <t>#7 Nathan Kelson - FS</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>ULA 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-ULA 46 (12:51) 42-James Waugh ran to ULA 46 for a short loss. Tackle by 27-William Odle. PENALTY - Offsides (TJN 47-Thad Aegis)</t>
   </si>
   <si>
     <t>#34 William Rouse - RB</t>
   </si>
   <si>
     <t>#83 Vincent Henry - TE</t>
   </si>