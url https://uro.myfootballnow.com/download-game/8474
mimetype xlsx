--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -857,51 +857,51 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-ROS 42 (3:03) 3-Arthur Gayle pass complete to 83-Bruce Chung to ROS 31 for 11 yards. Tackle by 50-Justin Pooler.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>ROS 31</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-ROS 31 (2:21) 3-Arthur Gayle pass complete to 12-Boom Boom Boone to ROS 28 for 3 yards. Tackle by 55-Warren Ashley.</t>
   </si>
   <si>
-    <t>#42 James Potter - SLB</t>
+    <t>#42 James Potter - RDE</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>ROS 28</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-7-ROS 28 (1:46) 6-Pedro Richardson ran to ROS 17 for 11 yards. Tackle by 38-Marco Antonio Solis.</t>
   </si>
   <si>
     <t>1:10</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-ROS 17 (1:09) 41-Jett Winslow ran to ROS 9 for 8 yards. Tackle by 38-Marco Antonio Solis. PENALTY - Unnecessary Roughness (ROS 38-Marco Antonio Solis)</t>
   </si>