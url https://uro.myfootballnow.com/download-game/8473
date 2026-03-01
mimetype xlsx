--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -722,51 +722,51 @@
   <si>
     <t>3-12-BAX 23 (8:57) 22-Bruce Hart ran to BAX 28 for 5 yards. Tackle by 29-Robert Gillis.</t>
   </si>
   <si>
     <t>#44 Tuilyn Bat Bökh - FB</t>
   </si>
   <si>
     <t>#87 John Seal - TE</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-BAX 28 (8:11) 2-Albert Dehart punts 48 yards to BFD 24. 33-Luis Darling to BFD 34 for 10 yards. Tackle by 71-Branden Morgan. 61-Paul Mendoza was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#2 Albert Dehart - P</t>
   </si>
   <si>
-    <t>#75 William Zimmerman - C</t>
+    <t>#72 William Zimmerman - C</t>
   </si>
   <si>
     <t>#53 Lewis Curran - LG</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>BFD 34</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BFD 34 (8:02) 47-Willie Webb ran to BFD 40 for 7 yards. Tackle by 20-Ricky Matz.</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>