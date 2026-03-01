--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -389,51 +389,51 @@
   <si>
     <t>#62 Adrian Storey - RT</t>
   </si>
   <si>
     <t>#58 Patrick Johnson - LDE</t>
   </si>
   <si>
     <t>#76 Ivan Rector - DT</t>
   </si>
   <si>
     <t>#98 Scott Vargas - DT</t>
   </si>
   <si>
     <t>#91 David Landau - RDE</t>
   </si>
   <si>
     <t>#99 Puma Vicioso - MLB</t>
   </si>
   <si>
     <t>#93 Jamie Barrett - WLB</t>
   </si>
   <si>
     <t>#38 Antone Longacre - CB</t>
   </si>
   <si>
-    <t>#46 James Long - CB</t>
+    <t>#22 James Long - CB</t>
   </si>
   <si>
     <t>#46 Salvatore Martinez - CB</t>
   </si>
   <si>
     <t>#39 Brian Kinney - SS</t>
   </si>
   <si>
     <t>#24 George Moro - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>SJX 30</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-7-SJX 30 (14:21) 2-William Anderson pass complete to 11-George Moss to SJX 32 for 2 yards. Tackle by 38-Antone Longacre.</t>
   </si>