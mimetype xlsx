--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -638,69 +638,69 @@
   <si>
     <t>(7:38) Extra point GOOD by 3-Stephen Miller. TOY 0 CRO 7</t>
   </si>
   <si>
     <t>#3 Stephen Miller - K</t>
   </si>
   <si>
     <t>#74 James Henderson - LT</t>
   </si>
   <si>
     <t>#67 Joseph Moreno - C</t>
   </si>
   <si>
     <t>#64 Matthew Pierce - C</t>
   </si>
   <si>
     <t>#64 Barry Naber - LG</t>
   </si>
   <si>
     <t>CRO 35</t>
   </si>
   <si>
     <t>(7:38) 3-Stephen Miller kicks 75 yards from CRO 35 to TOY -10. Touchback.</t>
   </si>
   <si>
-    <t>#4 Aaron Spivey - RB</t>
+    <t>#47 Aaron Spivey - RB</t>
   </si>
   <si>
     <t>#89 Thomas Anderson - TE</t>
   </si>
   <si>
     <t>#30 James Chamberlain - RB</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TOY 25 (7:38) 18-William Talbert pass complete to 12-Flash Hayashi to TOY 27 for 2 yards. Tackle by 31-Derrick Kane.</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
+    <t>#6 William Talbert - QB</t>
   </si>
   <si>
     <t>#32 Ruben Williams - FB</t>
   </si>
   <si>
     <t>#88 George Treadwell - TE</t>
   </si>
   <si>
     <t>#81 John Favors - WR</t>
   </si>
   <si>
     <t>#12 Flash Hayashi - WR</t>
   </si>
   <si>
     <t>#78 John Hain - LT</t>
   </si>
   <si>
     <t>#4 Joe Mendes - C</t>
   </si>
   <si>
     <t>#70 Lawrence Rogers - RG</t>
   </si>
   <si>
     <t>#61 Christopher Swift - RT</t>
   </si>