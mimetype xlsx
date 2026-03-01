--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -578,51 +578,51 @@
   <si>
     <t>#60 Matt Privett - LG</t>
   </si>
   <si>
     <t>#73 Derek Bogan - C</t>
   </si>
   <si>
     <t>#57 Matthew Pringle - LDE</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>PHI 7</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 7 (10:58) 6-Brian Puente pass complete to 89-Jerrold Hanson to PHI 14 for 8 yards. Tackle by 71-Joseph Allen.</t>
   </si>
   <si>
-    <t>#6 Brian Puente - QB</t>
+    <t>#18 Brian Puente - QB</t>
   </si>
   <si>
     <t>#34 Eric James - RB</t>
   </si>
   <si>
     <t>#45 Howard Norton - FB</t>
   </si>
   <si>
     <t>#83 Javier Chan - TE</t>
   </si>
   <si>
     <t>#89 Jerrold Hanson - WR</t>
   </si>
   <si>
     <t>#87 Nicholas Hawkins - WR</t>
   </si>
   <si>
     <t>#71 Craig Umstead - LT</t>
   </si>
   <si>
     <t>#65 James Villa - LG</t>
   </si>
   <si>
     <t>#75 Patrick Kennedy - C</t>
   </si>