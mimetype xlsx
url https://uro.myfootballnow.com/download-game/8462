--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -587,78 +587,78 @@
   <si>
     <t>#97 Walter Lopez - LDE</t>
   </si>
   <si>
     <t>#4 Raymond Lind - SS</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>RAJ 23</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-RAJ 23 (9:03) 5-Jose Bautista pass complete to 25-John Lynch to RAJ 25 for 2 yards. Tackle by 32-Joseph Major. 25-John Lynch did some fancy footwork there.</t>
   </si>
   <si>
     <t>#5 Jose Bautista - QB</t>
   </si>
   <si>
-    <t>#89 Anthony Mack - RB</t>
+    <t>#49 Anthony Mack - RB</t>
   </si>
   <si>
     <t>#25 John Lynch - FB</t>
   </si>
   <si>
     <t>#83 Michael Page - TE</t>
   </si>
   <si>
     <t>#89 George Chaves - WR</t>
   </si>
   <si>
     <t>#88 Richard Boren - WR</t>
   </si>
   <si>
     <t>#2 David Neely - LT</t>
   </si>
   <si>
     <t>#10 Miguel Beyer - LG</t>
   </si>
   <si>
     <t>#75 Jerry Nguyen - C</t>
   </si>
   <si>
     <t>#79 Fernando Englert - RG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#99 Steven Ferriera - LDE</t>
   </si>
   <si>
     <t>#96 Thomas Garten - DT</t>
   </si>
   <si>
     <t>#67 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#42 Lino Pena - FS</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>RAJ 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>