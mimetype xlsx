--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -1070,51 +1070,51 @@
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>LIS 28</t>
   </si>
   <si>
     <t>1-10-LIS 28 (7:03) 1-Vic Hislop pass complete to 3-Travis Dickinson to LIS 24 for 4 yards. Tackle by 46-Russel Soto. Great move by 3-Travis Dickinson to get free of his coverage.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>LIS 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-LIS 24 (6:17) 38-George Rosenberg ran to LIS 21 for 3 yards. Tackle by 93-Michael Daley.</t>
   </si>
   <si>
-    <t>#99 William Sullivan - RDE</t>
+    <t>#56 William Sullivan - WLB</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>3-3-LIS 21 (5:33) 30-Michael Pearson ran to LIS 17 for 4 yards. Tackle by 93-Michael Daley.</t>
   </si>
   <si>
     <t>4:58</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-LIS 17 (4:57) 38-George Rosenberg ran to LIS 23 for -6 yards. Tackle by 46-Russel Soto.</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>LIS 23</t>
   </si>