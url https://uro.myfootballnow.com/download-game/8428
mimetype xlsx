--- v0 (2026-01-24)
+++ v1 (2026-03-21)
@@ -344,54 +344,54 @@
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 10-Jose Dixon pass complete to 83-Javier Chan to LGS 46 for 29 yards. Tackle by 35-Caleb Quintana.</t>
   </si>
   <si>
     <t>#10 Jose Dixon - QB</t>
   </si>
   <si>
     <t>#34 Eric James - RB</t>
   </si>
   <si>
     <t>#33 Son Long - FB</t>
   </si>
   <si>
     <t>#83 Javier Chan - TE</t>
   </si>
   <si>
-    <t>#89 Jerrold Hanson - WR</t>
-[...2 lines deleted...]
-    <t>#87 Nicholas Hawkins - WR</t>
+    <t>#33 Jerrold Hanson - RB</t>
+  </si>
+  <si>
+    <t>#86 Nicholas Hawkins - WR</t>
   </si>
   <si>
     <t>#71 Craig Umstead - LT</t>
   </si>
   <si>
     <t>#65 James Villa - LG</t>
   </si>
   <si>
     <t>#75 Patrick Kennedy - C</t>
   </si>
   <si>
     <t>#4 Neil Montoya - RT</t>
   </si>
   <si>
     <t>#65 James Sammons - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
     <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>#15 Ronald Guillory - CB</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>LGS 47</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LGS 47 (10:40) 26-Steven Long ran to PHI 45 for 9 yards. Tackle by 2-Patrick Schumacher.</t>
   </si>
   <si>
     <t>#16 Jimmy Alegria - WR</t>
   </si>
   <si>
     <t>#42 John Mackey - CB</t>
   </si>
   <si>
-    <t>#2 Patrick Schumacher - FS</t>
+    <t>#40 Patrick Schumacher - FS</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>PHI 45</t>
   </si>
   <si>
     <t>2-1-PHI 45 (9:54) 1-John Oliva ran to PHI 35 for 9 yards. Tackle by 5-Casey Patterson. PHI 53-Micah Simpson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 John Oliva - RB</t>
   </si>
   <si>
     <t>#32 William Robinette - SS</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
@@ -965,51 +965,51 @@
   <si>
     <t>3-7-PHI 40 (14:14) 10-Jose Dixon pass complete to 83-Javier Chan to PHI 49 for 9 yards. Tackle by 35-Caleb Quintana. Great move by 83-Javier Chan to get free of his coverage. PENALTY - Pass Interference (LGS 35-Caleb Quintana) (Declined)</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>PHI 49</t>
   </si>
   <si>
     <t>1-10-PHI 49 (14:10) 10-Jose Dixon pass complete to 1-Stephen Sigel to LGS 45 for 7 yards. Tackle by 56-Paul Kirkland.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>LGS 45</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-3-LGS 45 (13:29) 10-Jose Dixon pass incomplete, intended for 83-Javier Chan.</t>
   </si>
   <si>
-    <t>#89 William Lee - WR</t>
+    <t>#88 William Lee - WR</t>
   </si>
   <si>
     <t>#92 Edward Yarborough - LDE</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-3-LGS 45 (13:26) 10-Jose Dixon pass complete to 26-Adam Reyes to LGS 38 for 6 yards. Tackle by 46-Casey Kirkland.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-LGS 38 (12:43) 10-Jose Dixon pass Pass knocked down by 21-Bingo Harris. incomplete, intended for 33-Son Long. Pressure by 99-Leon Patton.</t>
   </si>
   <si>
     <t>#85 Larry Bailey - WR</t>
   </si>
@@ -2161,90 +2161,90 @@
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">