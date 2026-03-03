--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -413,51 +413,51 @@
   <si>
     <t>#43 William Morin - CB</t>
   </si>
   <si>
     <t>#33 Willard Peterson - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-BAX 25 (14:58) 9-Thomas Gatto pass Pass knocked down by 93-Jeff Constable. incomplete, intended for 13-Mac Daniels.</t>
   </si>
   <si>
     <t>#80 Robert Maloney - WR</t>
   </si>
   <si>
     <t>#83 Darius Torres - WR</t>
   </si>
   <si>
-    <t>#23 Danny Hunter - FS</t>
+    <t>#23 Danny Hunter - SS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-10-BAX 25 (14:55) 9-Thomas Gatto pass complete to 83-Darius Torres to BAX 28 for 3 yards. Tackle by 43-William Morin. 83-Darius Torres did some fancy footwork there. PENALTY - Pass Interference (AUK 43-William Morin) PENALTY - Holding (BAX 63-Michael Potts) - Penalties offset, replay down.</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-10-BAX 25 (14:52) 9-Thomas Gatto pass complete to 80-Robert Maloney to BAX 33 for 8 yards. Tackle by 31-Wayne Pritchett.</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-BAX 33 (14:11) 2-Albert Dehart punts 47 yards to AUK 20. Fair Catch by 1-Robert Crosswhite.</t>
   </si>
   <si>
     <t>#2 Albert Dehart - P</t>
   </si>
   <si>
     <t>#1 Robert Crosswhite - WR</t>
   </si>
   <si>
     <t>#53 Lewis Curran - LG</t>
   </si>
   <si>
     <t>#67 Lorenzo Conley - RG</t>
   </si>
   <si>
     <t>#90 Daniel Strong - DT</t>
   </si>
   <si>
-    <t>#94 Colt Mossberg - DT</t>
+    <t>#59 Colt Mossberg - DT</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>AUK 20</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-AUK 20 (14:05) 27-Rodney Harris ran to AUK 30 for 10 yards. Tackle by 30-Darryl Sigmon.</t>
   </si>
   <si>
     <t>#18 Chris P Bacon - QB</t>
   </si>
   <si>
     <t>#27 Rodney Harris - RB</t>
   </si>
   <si>
     <t>#89 Rollen Tires - TE</t>
   </si>
   <si>
     <t>#87 Ralph Lawson - WR</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-AUK 34 (12:46) 18-Chris P Bacon pass complete to 27-Rodney Harris to AUK 39 for 5 yards. Tackle by 90-Bartholomew Roberts.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>AUK 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-1-AUK 39 (12:10) 27-Rodney Harris ran to AUK 38 for -1 yards. Tackle by 70-Robert Molina.</t>
   </si>
   <si>
-    <t>#41 Howard Norton - FB</t>
+    <t>#45 Howard Norton - FB</t>
   </si>
   <si>
     <t>#80 Michael Burton - TE</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>AUK 38</t>
   </si>
   <si>
     <t>4-2-AUK 38 (11:26) 5-James Henderson punts 48 yards to BAX 14. Fair Catch by 80-Robert Maloney.</t>
   </si>
   <si>
     <t>#5 James Henderson - P</t>
   </si>
   <si>
     <t>#76 Robert Hathaway - LT</t>
   </si>
   <si>
     <t>#67 Kwalid Williams - RG</t>
   </si>
   <si>
     <t>#64 Gary Morin - DT</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>2-20-BAX 43 (9:53) 9-Thomas Gatto pass complete to 83-Darius Torres to AUK 28 for 29 yards.</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>AUK 28</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-AUK 28 (9:11) 9-Thomas Gatto pass complete to 24-Sanford Norwood to AUK 7 for 21 yards. Tackle by 9-Logan Williams.</t>
   </si>
   <si>
     <t>#24 Sanford Norwood - RB</t>
   </si>
   <si>
-    <t>#57 Victor Little - WLB</t>
+    <t>#91 Victor Little - SLB</t>
   </si>
   <si>
     <t>#53 Joseph Strobel - WLB</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>AUK 7</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-7-AUK 7 (8:33) 24-Sanford Norwood ran to AUK 1 for 6 yards. Tackle by 42-Walter Brown.</t>
   </si>
   <si>
     <t>#42 Walter Brown - SS</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>AUK 1</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-AUK 1 (7:54) 35-Charles Ruiz ran for 1 yards. TOUCHDOWN! AUK 78-Spencer Wallace was injured on the play. He looks like he should be able to return. AUK 0 BAX 6</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>AUK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:52) Extra point GOOD by 6-Daniel Shoemaker. AUK 0 BAX 7</t>
   </si>
   <si>
     <t>#6 Daniel Shoemaker - K</t>
   </si>
   <si>
-    <t>#75 William Zimmerman - C</t>
+    <t>#72 William Zimmerman - C</t>
   </si>
   <si>
     <t>#77 Mack Stack - RDE</t>
   </si>
   <si>
     <t>BAX 35</t>
   </si>
   <si>
     <t>(7:52) 6-Daniel Shoemaker kicks 75 yards from BAX 35 to AUK -10. Touchback.</t>
   </si>
   <si>
     <t>#91 Joseph Lee - SLB</t>
   </si>
   <si>
     <t>AUK 25</t>
   </si>
   <si>
     <t>1-10-AUK 25 (7:52) 18-Chris P Bacon pass incomplete, intended for 27-Rodney Harris.</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
@@ -1268,72 +1268,72 @@
   <si>
     <t>1:21</t>
   </si>
   <si>
     <t>BAX 39</t>
   </si>
   <si>
     <t>1-10-BAX 39 (1:20) 18-Chris P Bacon pass complete to 1-Robert Crosswhite to BAX 21 for 18 yards. Tackle by 30-Darryl Sigmon. PENALTY - Facemask (BAX 30-Darryl Sigmon)</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>BAX 6</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-6-BAX 6 (1:17) 18-Chris P Bacon pass incomplete, dropped by 1-Robert Crosswhite. Excellent coverage on that play. Pressure by 52-Harold Tyus.</t>
   </si>
   <si>
-    <t>#26 Bradley Carroll - RB</t>
+    <t>#43 Bradley Carroll - RB</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>2-6-BAX 6 (1:13) 18-Chris P Bacon pass complete to 27-Rodney Harris for 6 yards. TOUCHDOWN! AUK 6 BAX 14</t>
   </si>
   <si>
     <t>#28 Jody Cambridge - WR</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>BAX 15</t>
   </si>
   <si>
     <t>(1:08) Extra point GOOD by 4-Nikoli Vaslichenkov. AUK 7 BAX 14</t>
   </si>
   <si>
-    <t>#92 David Landau - RDE</t>
+    <t>#91 David Landau - RDE</t>
   </si>
   <si>
     <t>(1:08) 4-Nikoli Vaslichenkov kicks 67 yards from AUK 35 to BAX -2. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-BAX 25 (1:08) 35-Charles Ruiz ran to BAX 26 for 1 yards. 35-Charles Ruiz FUMBLES (93-Jeff Constable) recovered by BAX-44-Tuilyn Bat Bökh at BAX 25. Tackle by 9-Logan Williams.</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>2-10-BAX 25 (0:28) 35-Charles Ruiz ran to BAX 27 for 2 yards. Tackle by 9-Logan Williams. PENALTY - Holding (BAX 78-Daniel Reiter)</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-20-BAX 15 (0:26) 35-Charles Ruiz ran to BAX 18 for 3 yards. Tackle by 9-Logan Williams.</t>
   </si>