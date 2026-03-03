--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -299,186 +299,186 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-James Tillett kicks 74 yards from MAN 35 to ROS -9. Touchback.</t>
   </si>
   <si>
     <t>#18 Neil Scott - WR</t>
   </si>
   <si>
     <t>#54 David Mix - DT</t>
   </si>
   <si>
     <t>#26 Ricardo Telaraño - FS</t>
   </si>
   <si>
     <t>#49 Steven Hatch - SS</t>
   </si>
   <si>
     <t>#48 Juan Antonio Ferreira - WLB</t>
   </si>
   <si>
     <t>#40 Richard Hurst - CB</t>
   </si>
   <si>
-    <t>#90 Justin Pooler - SLB</t>
+    <t>#50 Justin Pooler - SLB</t>
   </si>
   <si>
     <t>#38 Marco Antonio Solis - FS</t>
   </si>
   <si>
     <t>#58 Larry Berry - MLB</t>
   </si>
   <si>
     <t>#97 William Birch - SLB</t>
   </si>
   <si>
     <t>#47 Randall Watts - FS</t>
   </si>
   <si>
-    <t>#18 James Tillett - K</t>
+    <t>#11 James Tillett - K</t>
   </si>
   <si>
     <t>ROS</t>
   </si>
   <si>
     <t>ROS 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-ROS 25 (15:00) 10-Jerry Ramirez ran to ROS 28 for 3 yards. 10-Jerry Ramirez FUMBLES (59-Darren Douthit) recovered by MAN-59-Darren Douthit at ROS 26. Tackle by 20-Antonio Friend.</t>
   </si>
   <si>
     <t>#3 Robert Simpson - QB</t>
   </si>
   <si>
     <t>#10 Jerry Ramirez - RB</t>
   </si>
   <si>
     <t>#20 Antonio Friend - FB</t>
   </si>
   <si>
     <t>#80 Bobby Bryan - TE</t>
   </si>
   <si>
     <t>#84 John Moronta - WR</t>
   </si>
   <si>
     <t>#62 Remigio Pautasso - LT</t>
   </si>
   <si>
     <t>#88 Francis Barney - LG</t>
   </si>
   <si>
     <t>#75 Julio Cesar Baldivieso - C</t>
   </si>
   <si>
     <t>#69 Bill Minnich - RG</t>
   </si>
   <si>
     <t>#60 Lynn Sanchez - RT</t>
   </si>
   <si>
     <t>#98 Matthew Dixon - LDE</t>
   </si>
   <si>
-    <t>#99 Derrick Davis - DT</t>
+    <t>#65 Derrick Davis - DT</t>
   </si>
   <si>
     <t>#68 William Galbreath - DT</t>
   </si>
   <si>
     <t>#96 Aldo Woodson - RDE</t>
   </si>
   <si>
-    <t>#59 Darren Douthit - SLB</t>
+    <t>#94 Darren Douthit - DT</t>
   </si>
   <si>
     <t>#55 Dennis Hackett - MLB</t>
   </si>
   <si>
-    <t>#51 Todd Oglesby - WLB</t>
-[...5 lines deleted...]
-    <t>#27 Anthony Boehm - CB</t>
+    <t>#20 Todd Oglesby - SS</t>
+  </si>
+  <si>
+    <t>#21 Charles Tilford - CB</t>
+  </si>
+  <si>
+    <t>#90 Anthony Boehm - SLB</t>
   </si>
   <si>
     <t>#48 Lawrence Browning - SS</t>
   </si>
   <si>
-    <t>#39 Donald Farris - FS</t>
+    <t>#20 Donald Farris - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>ROS 26</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-ROS 26 (14:57) 30-Charles Abernathy ran to ROS 24 for 2 yards. Tackle by 48-Juan Antonio Ferreira.</t>
   </si>
   <si>
     <t>#3 Stan  Taylor - QB</t>
   </si>
   <si>
     <t>#30 Charles Abernathy - RB</t>
   </si>
   <si>
     <t>#87 Lowell Miller - TE</t>
   </si>
   <si>
     <t>#86 Kenneth Hayes - WR</t>
   </si>
   <si>
     <t>#84 Marvin McCullum - WR</t>
   </si>
   <si>
     <t>#17 Kevin Angle - WR</t>
   </si>
   <si>
     <t>#77 Brian Pitman - LT</t>
   </si>
   <si>
     <t>#63 Roy Culbert - LG</t>
   </si>
   <si>
-    <t>#88 David Moody - C</t>
+    <t>#73 David Moody - C</t>
   </si>
   <si>
     <t>#54 Leslie Ratzlaff - RG</t>
   </si>
   <si>
     <t>#70 Thomas Hintz - RT</t>
   </si>
   <si>
     <t>#61 Travis Wyman - LDE</t>
   </si>
   <si>
     <t>#56 Panadero Ochoa - DT</t>
   </si>
   <si>
     <t>#96 Pedro Aznar - RDE</t>
   </si>
   <si>
     <t>#1 Alexander Rock - CB</t>
   </si>
   <si>
     <t>#43 Charles Tennyson - SS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
@@ -581,78 +581,78 @@
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-20-ROS 15 (12:03) 3-Robert Simpson pass complete to 20-Antonio Friend to ROS 27 for 12 yards. Tackle by 51-Todd Oglesby.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>ROS 27</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-8-ROS 27 (11:24) 3-Robert Simpson pass complete to 84-John Moronta to ROS 29 for 2 yards. Tackle by 47-Chance Gonzales.</t>
   </si>
   <si>
     <t>#28 Daniel Corcoran - WR</t>
   </si>
   <si>
-    <t>#47 Chance Gonzales - CB</t>
+    <t>#39 Chance Gonzales - FS</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>ROS 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-ROS 29 (10:38) 9-Fernando French punts 50 yards to MAN 21. 12-Paul Henderson to MAN 22 for 1 yards. Tackle by 49-Steven Hatch.</t>
   </si>
   <si>
     <t>#9 Fernando French - P</t>
   </si>
   <si>
-    <t>#12 Paul Henderson - RB</t>
-[...5 lines deleted...]
-    <t>#49 Allen Godbout - SS</t>
+    <t>#32 Paul Henderson - RB</t>
+  </si>
+  <si>
+    <t>#26 Milton Linder - CB</t>
+  </si>
+  <si>
+    <t>#49 Allen Godbout - FS</t>
   </si>
   <si>
     <t>#22 Daniel Corazón - RT</t>
   </si>
   <si>
     <t>#79 Robert Mitchell - C</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>MAN 22</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-MAN 22 (10:30) 30-Charles Abernathy ran to MAN 34 for 12 yards. 30-Charles Abernathy FUMBLES (40-Richard Hurst) recovered by ROS-40-Richard Hurst to MAN 39 for -1 yards. Tackle by 30-Charles Abernathy.</t>
   </si>
   <si>
     <t>10:23</t>
   </si>
   <si>
     <t>MAN 39</t>
   </si>
@@ -680,57 +680,57 @@
   <si>
     <t>MAN 29</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-MAN 29 (9:09) 10-Jerry Ramirez ran to MAN 26 for 3 yards. Tackle by 68-William Galbreath.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>MAN 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-7-MAN 26 (8:33) 10-Jerry Ramirez ran to MAN 24 for 2 yards. Tackle by 98-Matthew Dixon.</t>
   </si>
   <si>
-    <t>#33 Eric Fitzgerald - RB</t>
+    <t>#33 Eric Fitzgerald - FB</t>
   </si>
   <si>
     <t>#87 Sam Hamilton - TE</t>
   </si>
   <si>
-    <t>#73 Anthony Brown - LDE</t>
+    <t>#75 Anthony Brown - LDE</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>MAN 24</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-5-MAN 24 (7:59) 3-Robert Simpson pass complete to 80-Bobby Bryan to MAN 10 for 14 yards. Tackle by 39-Donald Farris.</t>
   </si>
   <si>
     <t>7:21</t>
   </si>
   <si>
     <t>MAN 10</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>2-10-ROS 16 (5:00) 3-Robert Simpson pass complete to 28-Daniel Corcoran to ROS 34 for 18 yards. Tackle by 48-Lawrence Browning. Pressure by 99-Derrick Davis. 39-Donald Farris got away with a hold on that play.</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>ROS 34</t>
   </si>
   <si>
     <t>Weak I Normal All Go</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-ROS 34 (4:13) 3-Robert Simpson sacked at ROS 25 for -9 yards (96-Aldo Woodson). Sack allowed by 62-Remigio Pautasso.</t>
   </si>
   <si>
-    <t>#89 Anthony Salisbury - WR</t>
+    <t>#73 Anthony Salisbury - TE</t>
   </si>
   <si>
     <t>3:29</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-19-ROS 25 (3:28) 3-Robert Simpson pass complete to 87-Sam Hamilton to ROS 33 for 8 yards. Tackle by 47-Chance Gonzales.</t>
   </si>
   <si>
     <t>2:43</t>
   </si>
   <si>
     <t>ROS 33</t>
   </si>
   <si>
     <t>3-11-ROS 33 (2:42) 3-Robert Simpson pass complete to 10-Jerry Ramirez to ROS 39 for 6 yards. Tackle by 59-Darren Douthit.</t>
   </si>
   <si>
     <t>2:04</t>
   </si>
   <si>
     <t>ROS 39</t>
   </si>
@@ -977,54 +977,54 @@
   <si>
     <t>4-1-MAN 49 (12:57) 19-Del Yost punts 42 yards to ROS 9. Fair Catch by 33-Eric Fitzgerald.</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>ROS 9</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-ROS 9 (12:50) 3-Robert Simpson pass complete to 80-Bobby Bryan to MAN 41 for 50 yards. Tackle by 55-Dennis Hackett. 80-Bobby Bryan did some fancy footwork there.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>MAN 41</t>
   </si>
   <si>
     <t>1-10-MAN 41 (12:09) 3-Robert Simpson pass complete to 33-Eric Fitzgerald to MAN 29 for 12 yards. Tackle by 27-Anthony Boehm. Nice job by 33-Eric Fitzgerald on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#91 Anthony Parker - MLB</t>
-[...2 lines deleted...]
-    <t>#95 David Prado - WLB</t>
+    <t>#91 Anthony Parker - WLB</t>
+  </si>
+  <si>
+    <t>#45 David Prado - SS</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>1-10-MAN 29 (11:33) 3-Robert Simpson pass incomplete, intended for 87-Sam Hamilton.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>2-10-MAN 29 (11:30) 10-Jerry Ramirez ran to MAN 24 for 5 yards. Tackle by 48-Lawrence Browning.</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>3-5-MAN 24 (10:44) 10-Jerry Ramirez ran to MAN 23 for 2 yards. Tackle by 99-Derrick Davis.</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
@@ -1046,51 +1046,51 @@
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-MAN 41 (10:00) 3-Stan  Taylor pass complete to 86-Kenneth Hayes to MAN 45 for 4 yards. Tackle by 51-Charles Gibson.</t>
   </si>
   <si>
     <t>#92 Fred Cruz - DT</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>MAN 45</t>
   </si>
   <si>
     <t>Singleback 4 Wide Post and Drag</t>
   </si>
   <si>
     <t>Dime Flat CB4 Blitz</t>
   </si>
   <si>
     <t>2-6-MAN 45 (9:19) 3-Stan  Taylor pass complete to 84-Marvin McCullum to ROS 46 for 9 yards. Tackle by 38-Marco Antonio Solis. 84-Marvin McCullum made a great move on the CB. Pressure by 61-Travis Wyman.</t>
   </si>
   <si>
-    <t>#81 Lazer Evans - WR</t>
+    <t>#18 Lazer Evans - WR</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>ROS 46</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ROS 46 (8:41) 30-Charles Abernathy ran to ROS 40 for 6 yards. Tackle by 48-Juan Antonio Ferreira. 84-Marvin McCullum missed that block completely.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>ROS 40</t>
   </si>
   <si>
     <t>2-4-ROS 40 (8:04) 23-Jason Swartz ran to ROS 29 for 11 yards. Tackle by 1-Alexander Rock.</t>
   </si>
@@ -1199,51 +1199,51 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-10-ROS 38 (2:31) 3-Robert Simpson pass complete to 28-Daniel Corcoran to ROS 41 for 4 yards. Tackle by 47-Chance Gonzales. PENALTY - Facemask (MAN 47-Chance Gonzales)</t>
   </si>
   <si>
     <t>2:26</t>
   </si>
   <si>
     <t>MAN 44</t>
   </si>
   <si>
     <t>1-10-MAN 44 (2:27) 3-Robert Simpson pass complete to 84-John Moronta to MAN 40 for 3 yards. Tackle by 28-Charles Tilford. PENALTY - Pass Interference (MAN 28-Charles Tilford)</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-MAN 35 (2:23) 3-Robert Simpson pass complete to 10-Jerry Ramirez to MAN 27 for 9 yards. Tackle by 28-Charles Tilford. Great move by 10-Jerry Ramirez to get free of his coverage.</t>
   </si>
   <si>
-    <t>#36 Diego Haggerty - FS</t>
+    <t>#57 Diego Haggerty - WLB</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>MAN 27</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-1-MAN 27 (2:00) 3-Robert Simpson pass complete to 80-Bobby Bryan to MAN 23 for 4 yards. Tackle by 95-David Prado.</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-MAN 23 (1:34) 3-Robert Simpson pass complete to 80-Bobby Bryan to MAN 18 for 5 yards. Tackle by 55-Dennis Hackett. 80-Bobby Bryan did some fancy footwork there.</t>
   </si>
@@ -2264,60 +2264,60 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="247.654" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>