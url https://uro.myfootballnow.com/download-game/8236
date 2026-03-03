--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Brandon Johnson kicks 69 yards from DUB 35 to VAN -4. Touchback.</t>
   </si>
   <si>
     <t>#14 Robert Jones - WR</t>
   </si>
   <si>
     <t>#76 Orlando Zhou - RDE</t>
   </si>
   <si>
     <t>#29 Biz Decker - FS</t>
   </si>
   <si>
     <t>#41 Daniel Chun - FS</t>
   </si>
   <si>
     <t>#72 Charles Young - LDE</t>
   </si>
   <si>
-    <t>#39 Sherwood Kruger - CB</t>
+    <t>#59 Sherwood Kruger - CB</t>
   </si>
   <si>
     <t>#66 Jasper Stone - RDE</t>
   </si>
   <si>
     <t>#42 John Parker - CB</t>
   </si>
   <si>
     <t>#39 Todd Wright - CB</t>
   </si>
   <si>
     <t>#77 Paul Barkley - DT</t>
   </si>
   <si>
     <t>#50 Randy Clementine - MLB</t>
   </si>
   <si>
     <t>#7 Brandon Johnson - K</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>VAN 25</t>
   </si>
@@ -506,75 +506,75 @@
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DUB 25 (12:49) 1-Vic Hislop pass complete to 80-Larry Beck to DUB 33 for 8 yards. Tackle by 50-Randy Clementine. 80-Larry Beck breaks down the CB.</t>
   </si>
   <si>
     <t>#1 Vic Hislop - QB</t>
   </si>
   <si>
     <t>#29 Jamal Garrett - RB</t>
   </si>
   <si>
     <t>#46 Christopher Self - FB</t>
   </si>
   <si>
     <t>#80 Larry Beck - TE</t>
   </si>
   <si>
     <t>#84 Francesco Castillo - WR</t>
   </si>
   <si>
-    <t>#16 Robert Kim - WR</t>
-[...2 lines deleted...]
-    <t>#70 Frank Simmons - LT</t>
+    <t>#11 Robert Kim - WR</t>
+  </si>
+  <si>
+    <t>#55 Frank Simmons - LT</t>
   </si>
   <si>
     <t>#50 Theodore Harris - LG</t>
   </si>
   <si>
     <t>#71 Kevin McDonald - C</t>
   </si>
   <si>
     <t>#73 Gerald Flick - RG</t>
   </si>
   <si>
     <t>#66 Eric Penn - RT</t>
   </si>
   <si>
-    <t>#54 Emilio Rogers - DT</t>
-[...5 lines deleted...]
-    <t>#51 Crash Brannigan - WLB</t>
+    <t>#61 Emilio Rogers - DT</t>
+  </si>
+  <si>
+    <t>#53 Timothy Gray - WLB</t>
+  </si>
+  <si>
+    <t>#51 Crash Brannigan - SLB</t>
   </si>
   <si>
     <t>#30 Douglas Lindsey - CB</t>
   </si>
   <si>
     <t>#43 Cecil Castillo - CB</t>
   </si>
   <si>
     <t>#47 Kevin Menard - SS</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>DUB 33</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-2-DUB 33 (12:10) 1-Vic Hislop pass complete to 29-Jamal Garrett to DUB 34 for 1 yards. Tackle by 43-Cecil Castillo.</t>
   </si>