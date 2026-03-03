--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -308,138 +308,138 @@
   <si>
     <t>#62 Paul Morrow - RDE</t>
   </si>
   <si>
     <t>#93 Raymond Hess - SLB</t>
   </si>
   <si>
     <t>#40 Thomas Johnson - CB</t>
   </si>
   <si>
     <t>#31 Robert Salgado - CB</t>
   </si>
   <si>
     <t>#74 Roland Wells - RDE</t>
   </si>
   <si>
     <t>#55 Glenn Orem - DT</t>
   </si>
   <si>
     <t>#22 John McDonald - CB</t>
   </si>
   <si>
     <t>#41 Gene Whaley - MLB</t>
   </si>
   <si>
-    <t>#93 Gregory Willison - SLB</t>
+    <t>#50 Gregory Willison - SLB</t>
   </si>
   <si>
     <t>#7 Paul Walker - SS</t>
   </si>
   <si>
     <t>#10 Lonnie Jones - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 34-Eric James ran to PHI 29 for 4 yards. Tackle by 59-Mathew Snelling.</t>
   </si>
   <si>
     <t>#10 Jose Dixon - QB</t>
   </si>
   <si>
     <t>#34 Eric James - RB</t>
   </si>
   <si>
     <t>#33 Son Long - FB</t>
   </si>
   <si>
     <t>#83 Javier Chan - TE</t>
   </si>
   <si>
     <t>#89 Jerrold Hanson - WR</t>
   </si>
   <si>
     <t>#87 Nicholas Hawkins - WR</t>
   </si>
   <si>
     <t>#71 Craig Umstead - LT</t>
   </si>
   <si>
     <t>#65 James Villa - LG</t>
   </si>
   <si>
     <t>#75 Patrick Kennedy - C</t>
   </si>
   <si>
-    <t>#73 Neil Montoya - RG</t>
+    <t>#4 Neil Montoya - RT</t>
   </si>
   <si>
     <t>#65 James Sammons - RT</t>
   </si>
   <si>
     <t>#64 Scott Garcia - LDE</t>
   </si>
   <si>
     <t>#1 Garry Miller - DT</t>
   </si>
   <si>
     <t>#69 Greg Leach - DT</t>
   </si>
   <si>
     <t>#63 Napoleon White - RDE</t>
   </si>
   <si>
     <t>#53 Tony Blakney - SLB</t>
   </si>
   <si>
     <t>#92 David Stell - MLB</t>
   </si>
   <si>
     <t>#59 Mathew Snelling - WLB</t>
   </si>
   <si>
     <t>#48 Todd Poole - CB</t>
   </si>
   <si>
     <t>#21 Kelly Timothy - CB</t>
   </si>
   <si>
     <t>#39 Sheldon Snead - SS</t>
   </si>
   <si>
-    <t>#38 Gregory Ritter - FS</t>
+    <t>#44 Gregory Ritter - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Timeout PHI</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-6-PHI 29 (14:26) 10-Jose Dixon pass complete to 83-Javier Chan to PHI 48 for 19 yards. Tackle by 59-Mathew Snelling. PENALTY - Holding (PHI 26-Adam Reyes)</t>
   </si>
   <si>
     <t>#50 Rene Stephens - LDE</t>
   </si>
@@ -479,57 +479,57 @@
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-PHI 31 (13:01) 4-Francis Derrick punts 50 yards to SHI 18.</t>
   </si>
   <si>
     <t>#4 Francis Derrick - P</t>
   </si>
   <si>
     <t>#52 Troy Thorpe - LG</t>
   </si>
   <si>
     <t>#85 David Williams - WR</t>
   </si>
   <si>
-    <t>#45 Roscoe Farrell - CB</t>
+    <t>#48 Roscoe Farrell - CB</t>
   </si>
   <si>
     <t>#96 David Valdez - WLB</t>
   </si>
   <si>
-    <t>#78 Lee Rieke - RT</t>
+    <t>#78 Lee Rieke - LT</t>
   </si>
   <si>
     <t>#75 Matthew Simpson - DT</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>SHI 18</t>
   </si>
   <si>
     <t>1-10-SHI 18 (12:51) 2-Daniel Wallen pass complete to 81-Alan Parker to SHI 24 for 6 yards. Tackle by 31-Robert Salgado. 81-Alan Parker breaks down the CB.</t>
   </si>
   <si>
     <t>#2 Daniel Wallen - QB</t>
   </si>
   <si>
     <t>#46 Gary Scott - RB</t>
   </si>
   <si>
     <t>#20 James Letendre - RB</t>
   </si>
   <si>
     <t>#4 Joseph Vanguilder - FB</t>
   </si>
@@ -599,54 +599,54 @@
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-2-SHI 26 (11:32) 46-Gary Scott ran to SHI 27 for 1 yards. Tackle by 97-Arthur Hills.</t>
   </si>
   <si>
     <t>#80 Edward Mattingly - TE</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>SHI 27</t>
   </si>
   <si>
     <t>4-1-SHI 27 (10:51) 3-Martin Hardesty punts 46 yards to PHI 27. 26-Adam Reyes to PHI 32 for 5 yards. Tackle by 45-Roscoe Farrell.</t>
   </si>
   <si>
     <t>#3 Martin Hardesty - P</t>
   </si>
   <si>
     <t>#68 Robert Gwinn - LT</t>
   </si>
   <si>
-    <t>#63 Noah Jacques - LG</t>
-[...2 lines deleted...]
-    <t>#74 Aaron Hayes - RG</t>
+    <t>#79 Noah Jacques - LG</t>
+  </si>
+  <si>
+    <t>#75 Aaron Hayes - RG</t>
   </si>
   <si>
     <t>#58 Michael Schroeder - RT</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>PHI 32</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-PHI 32 (10:43) 34-Eric James ran to PHI 38 for 6 yards. Tackle by 92-David Stell.</t>
   </si>
   <si>
     <t>#49 Keith Smith - SS</t>
   </si>
   <si>
     <t>10:11</t>
   </si>