--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -314,69 +314,69 @@
   <si>
     <t>#76 Ivan Rector - DT</t>
   </si>
   <si>
     <t>#44 Richard Booker - SS</t>
   </si>
   <si>
     <t>#54 Richard Hunt - MLB</t>
   </si>
   <si>
     <t>#73 John Camden - RDE</t>
   </si>
   <si>
     <t>#98 Scott Vargas - DT</t>
   </si>
   <si>
     <t>#99 Puma Vicioso - MLB</t>
   </si>
   <si>
     <t>#80 James Mears - TE</t>
   </si>
   <si>
     <t>#53 Eugene Ellison - WLB</t>
   </si>
   <si>
-    <t>#15 Richard Reynolds - K</t>
+    <t>#2 Richard Reynolds - K</t>
   </si>
   <si>
     <t>MCX</t>
   </si>
   <si>
     <t>MCX 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MCX 25 (15:00) 25-Bret Brown ran to MCX 29 for 4 yards. Tackle by 94-Michael Thomas.</t>
   </si>
   <si>
-    <t>#13 Daniel Daulton - QB</t>
+    <t>#9 Daniel Daulton - QB</t>
   </si>
   <si>
     <t>#45 Isaac Garcia - FB</t>
   </si>
   <si>
     <t>#87 Herman Wilson - WR</t>
   </si>
   <si>
     <t>#81 Henry McCants - WR</t>
   </si>
   <si>
     <t>#82 James Coomer - WR</t>
   </si>
   <si>
     <t>#60 Miguel Jimerson - LT</t>
   </si>
   <si>
     <t>#62 Danny Kennedy - LG</t>
   </si>
   <si>
     <t>#71 Drive Matthews - C</t>
   </si>
   <si>
     <t>#61 Willie Hill - RG</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>#65 Carlos Brooks - DT</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>MCX 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-MCX 30 (13:31) 5-Johnnie Mudd punts 54 yards to SJX 15. 46-Dominic Keller to SJX 26 for 11 yards. Tackle by 71-Drive Matthews.</t>
   </si>
   <si>
     <t>#5 Johnnie Mudd - P</t>
   </si>
   <si>
     <t>#46 Dominic Keller - RB</t>
   </si>
   <si>
-    <t>#68 Jethro Tull - RDE</t>
+    <t>#71 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#32 Barry Griffin - CB</t>
   </si>
   <si>
     <t>#75 Glenn Lewis - RG</t>
   </si>
   <si>
     <t>#66 Jacob Hunt - LT</t>
   </si>
   <si>
     <t>#71 Richard Gary - LDE</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>SJX 26</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>#64 Jerry Hawkins - LG</t>
   </si>
   <si>
     <t>#74 Alan Durant - C</t>
   </si>
   <si>
     <t>#51 Pancake Jones - RG</t>
   </si>
   <si>
     <t>#62 Adrian Storey - RT</t>
   </si>
   <si>
     <t>#58 Patrick Johnson - LDE</t>
   </si>
   <si>
     <t>#74 Thomas Perry - DT</t>
   </si>
   <si>
     <t>#93 Jamie Barrett - WLB</t>
   </si>
   <si>
     <t>#24 George Moro - CB</t>
   </si>
   <si>
-    <t>#46 James Long - CB</t>
+    <t>#22 James Long - CB</t>
   </si>
   <si>
     <t>#38 Antone Longacre - CB</t>
   </si>
   <si>
     <t>#39 Brian Kinney - SS</t>
   </si>
   <si>
     <t>#22 William Howard - FS</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>SJX 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-SJX 28 (12:44) 42-Raymond Smith ran to SJX 48 for 20 yards. Tackle by 46-James Long.</t>
   </si>
@@ -695,102 +695,102 @@
   <si>
     <t>3-13-MCX 19 (7:57) 42-Raymond Smith ran to MCX 15 for 4 yards. Tackle by 93-Jamie Barrett.</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>MCX 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-MCX 15 (7:13) 15-Richard Reynolds 33 yard field goal is GOOD. MCX 0 SJX 3</t>
   </si>
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
   <si>
     <t>#59 Michael Sharp - RG</t>
   </si>
   <si>
-    <t>#73 Tommy Oldfield - LG</t>
+    <t>#73 Tommy Oldfield - LT</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>(7:10) 15-Richard Reynolds kicks 69 yards from SJX 35 to MCX -4. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MCX 25 (7:10) 13-Daniel Daulton pass complete to 4-Austin Gates to MCX 33 for 8 yards. Tackle by 52-Raymond Young. Pressure by 34-Brock Kerr. PENALTY - Pass Interference (SJX 52-Raymond Young)</t>
   </si>
   <si>
-    <t>#4 Austin Gates - RB</t>
+    <t>#47 Austin Gates - RB</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>MCX 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-MCX 31 (7:07) 13-Daniel Daulton sacked at MCX 21 for -10 yards (65-Carlos Brooks). Sack allowed by 71-Drive Matthews.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>MCX 21</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-20-MCX 21 (6:34) (Hot Read) 13-Daniel Daulton pass complete to 25-Bret Brown to MCX 19 for -2 yards. Tackle by 37-Murray Bugg. Pressure by 94-Michael Thomas.</t>
   </si>
   <si>
     <t>#43 Kristopher Bradshaw - RB</t>
   </si>
   <si>
-    <t>#86 Johnnie Barry - TE</t>
+    <t>#83 Johnnie Barry - TE</t>
   </si>
   <si>
     <t>6:00</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-22-MCX 19 (5:59) 13-Daniel Daulton pass complete to 25-Bret Brown to MCX 24 for 5 yards. Tackle by 94-Michael Thomas.</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>MCX 24</t>
   </si>
   <si>
     <t>4-17-MCX 24 (5:20) 5-Johnnie Mudd punts 49 yards to SJX 27. 46-Dominic Keller to SJX 37 for 10 yards. Tackle by 80-James Mears.</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
@@ -1772,51 +1772,51 @@
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>MCX 38</t>
   </si>
   <si>
     <t>4-4-MCX 38 (2:21) 15-Richard Reynolds 55 yard field goal is GOOD. MCX 3 SJX 15</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>(2:17) 15-Richard Reynolds kicks 68 yards from SJX 35 to MCX -3. 25-Bret Brown to MCX 25 for 28 yards. Tackle by 54-George Sharp.</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>1-10-MCX 25 (2:12) 13-Daniel Daulton pass complete to 43-Kristopher Bradshaw to MCX 38 for 13 yards. Tackle by 22-Armand Grigsby. MCX 71-Drive Matthews was injured on the play. SJX 56-Jeffrey Bock was injured on the play.</t>
   </si>
   <si>
     <t>1-10-MCX 38 (2:00) 13-Daniel Daulton sacked at MCX 28 for -9 yards (65-Carlos Brooks). Sack allowed by 61-Willie Hill.</t>
   </si>
   <si>
-    <t>#55 Rogelio Sanders - C</t>
+    <t>#72 Rogelio Sanders - C</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>MCX 28</t>
   </si>
   <si>
     <t>2-19-MCX 28 (1:38) 13-Daniel Daulton pass incomplete, intended for 4-Austin Gates.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>3-19-MCX 28 (1:35) 13-Daniel Daulton sacked at MCX 19 for -9 yards (65-Carlos Brooks). Sack allowed by 61-Willie Hill. 37-Murray Bugg got away with a hold on that play.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>4-29-MCX 19 (1:15) 5-Johnnie Mudd punts 46 yards to SJX 35. 46-Dominic Keller to SJX 43 for 9 yards. Tackle by 80-James Mears.</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
@@ -2270,52 +2270,52 @@
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>