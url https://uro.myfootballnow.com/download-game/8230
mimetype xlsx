--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -302,132 +302,132 @@
   <si>
     <t>(15:00) 9-Paul Groves kicks 75 yards from LGS 35 to RAJ -10. Touchback.</t>
   </si>
   <si>
     <t>#13 Paul Nelson - RB</t>
   </si>
   <si>
     <t>#77 David James - DT</t>
   </si>
   <si>
     <t>#21 Richard Mitchell - SLB</t>
   </si>
   <si>
     <t>#33 Beezo Ramage - LDE</t>
   </si>
   <si>
     <t>#28 Mark Jacobs - SS</t>
   </si>
   <si>
     <t>#46 Adam Fay - CB</t>
   </si>
   <si>
     <t>#65 Billy Sargent - DT</t>
   </si>
   <si>
-    <t>#41 Brian  Dawkins V - FS</t>
+    <t>#41 Brian  Dawkins V - CB</t>
   </si>
   <si>
     <t>#39 Jeremy McDermott - CB</t>
   </si>
   <si>
     <t>#18 Erik Rhodes - SLB</t>
   </si>
   <si>
     <t>#98 Gary Strickland - RDE</t>
   </si>
   <si>
     <t>#9 Paul Groves - K</t>
   </si>
   <si>
     <t>RAJ</t>
   </si>
   <si>
     <t>RAJ 25</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-RAJ 25 (15:00) 5-Jose Bautista pass complete to 89-Anthony Mack to RAJ 24 for -1 yards. Tackle by 50-Christian Hinkley.</t>
   </si>
   <si>
     <t>#5 Jose Bautista - QB</t>
   </si>
   <si>
-    <t>#89 Anthony Mack - RB</t>
+    <t>#49 Anthony Mack - RB</t>
   </si>
   <si>
     <t>#88 Gerald Haines - TE</t>
   </si>
   <si>
     <t>#80 Marvin Hill - TE</t>
   </si>
   <si>
     <t>#84 Earl Paulson - WR</t>
   </si>
   <si>
     <t>#82 David Folkerts - WR</t>
   </si>
   <si>
     <t>#2 David Neely - LT</t>
   </si>
   <si>
     <t>#47 Nicholas Davis - LG</t>
   </si>
   <si>
     <t>#51 Dennis Short - C</t>
   </si>
   <si>
     <t>#79 Fernando Englert - RG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
-    <t>#76 Jesse Mauer - DT</t>
+    <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>RAJ 24</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -443,138 +443,138 @@
   <si>
     <t>Singleback Big WR Streaks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-9-RAJ 26 (13:41) 5-Jose Bautista pass Pass knocked down by 20-Hector Sandoval. incomplete, intended for 80-Marvin Hill.</t>
   </si>
   <si>
     <t>#81 Anthony Messersmith - TE</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-RAJ 26 (13:37) 1-Jose Johnson punts 51 yards to LGS 23. 34-Erik Harber to LGS 34 for 11 yards. Tackle by 41-Brian  Dawkins V.</t>
   </si>
   <si>
-    <t>#1 Jose Johnson - P</t>
+    <t>#8 Jose Johnson - P</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
-    <t>#97 John Staples - RDE</t>
+    <t>#58 John Staples - MLB</t>
   </si>
   <si>
     <t>#2 Tayu Mazon - CB</t>
   </si>
   <si>
-    <t>#22 Terrance  Swanson - SS</t>
+    <t>#22 Terrance  Swanson - CB</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#26 Steven Long - RB</t>
   </si>
   <si>
     <t>#83 Michael Page - TE</t>
   </si>
   <si>
     <t>#92 Edward Yarborough - LDE</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
     <t>#98 Eric Macomber - RDE</t>
   </si>
   <si>
-    <t>#56 Paul Kirkland - SLB</t>
+    <t>#56 Paul Kirkland - MLB</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>LGS 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-LGS 34 (13:27) 7-Lawrence Knowles ran to LGS 41 for 7 yards. Tackle by 26-Benjamin Loco.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#42 Leopold Patton - FB</t>
   </si>
   <si>
     <t>#83 Lewis Taylor - TE</t>
   </si>
   <si>
     <t>#84 Barry Sayre - TE</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#78 Garrett Tanner - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#70 Leandro Valdez - RG</t>
   </si>
   <si>
     <t>#63 Maximus Blocksimus - RT</t>
   </si>
   <si>
     <t>#92 Antonio Fulkerson - RDE</t>
   </si>
   <si>
     <t>#19 Paul Williams - DT</t>
   </si>
   <si>
     <t>#56 David Hudson - MLB</t>
   </si>
   <si>
-    <t>#63 Wilbur Spencer - WLB</t>
+    <t>#90 Wilbur Spencer - LDE</t>
   </si>
   <si>
     <t>#26 Benjamin Loco - FS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>LGS 41</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-3-LGS 41 (12:46) 7-Lawrence Knowles ran to LGS 44 for 3 yards. Tackle by 41-Brian  Dawkins V.</t>
   </si>
   <si>
     <t>#12 Charles Hodge - WR</t>
   </si>
   <si>
     <t>#81 Ronald Knouse - WR</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-RAJ 6 (4:12) 9-Paul Groves 24 yard field goal is GOOD. LGS 3 RAJ 0</t>
   </si>
   <si>
     <t>#1 John Oliva - RB</t>
   </si>
   <si>
     <t>#62 Berlin Wallace - C</t>
   </si>
   <si>
     <t>#64 Master Locke - LG</t>
   </si>
   <si>
     <t>#69 Albert Todd - LT</t>
   </si>
   <si>
     <t>#91 Earl Clatterbuck - WLB</t>
   </si>
   <si>
-    <t>#3 Shawn Wooton - WLB</t>
+    <t>#52 Shawn Wooton - WLB</t>
   </si>
   <si>
     <t>4:09</t>
   </si>
   <si>
     <t>(4:10) 9-Paul Groves kicks 75 yards from LGS 35 to RAJ -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-RAJ 25 (4:10) 89-Anthony Mack ran to RAJ 25 for a short loss. Tackle by 50-Christian Hinkley.</t>
   </si>
   <si>
     <t>#25 John Lynch - FB</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -2184,51 +2184,51 @@
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>