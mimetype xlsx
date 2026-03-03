--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -281,183 +281,183 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TJN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>JOH</t>
   </si>
   <si>
     <t>JOH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Clint Temple kicks 72 yards from JOH 35 to TJN -7. Touchback.</t>
   </si>
   <si>
-    <t>#26 Cedric Jones - RB</t>
+    <t>#24 Cedric Jones - RB</t>
   </si>
   <si>
     <t>#38 Terry Driscoll - SS</t>
   </si>
   <si>
-    <t>#83 Stephen Stokes - WR</t>
-[...5 lines deleted...]
-    <t>#44 Thomas Najera - CB</t>
+    <t>#40 Stephen Stokes - RB</t>
+  </si>
+  <si>
+    <t>#7 Nathan Kelson - FS</t>
+  </si>
+  <si>
+    <t>#27 Thomas Najera - CB</t>
   </si>
   <si>
     <t>#47 Thad Aegis - CB</t>
   </si>
   <si>
-    <t>#33 David Smith - CB</t>
+    <t>#39 David Smith - FS</t>
   </si>
   <si>
     <t>#50 Clarence Grunewald - MLB</t>
   </si>
   <si>
     <t>#27 William Odle - CB</t>
   </si>
   <si>
     <t>#60 Matthew Abdullah - LT</t>
   </si>
   <si>
     <t>#12 Craig Goddard - WR</t>
   </si>
   <si>
     <t>#5 Clint Temple - K</t>
   </si>
   <si>
     <t>TJN</t>
   </si>
   <si>
     <t>TJN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TJN 25 (15:00) 26-Cedric Jones ran to TJN 40 for 15 yards. Tackle by 23-Christopher Warden.</t>
   </si>
   <si>
     <t>#15 Elvin Riffle - QB</t>
   </si>
   <si>
     <t>#43 Eric Brown - FB</t>
   </si>
   <si>
     <t>#42 Terry Rose - FB</t>
   </si>
   <si>
     <t>#87 Patrick Hammock - TE</t>
   </si>
   <si>
     <t>#88 Thomas Kane - TE</t>
   </si>
   <si>
-    <t>#69 John Williams - LT</t>
-[...5 lines deleted...]
-    <t>#76 James Hampton - C</t>
+    <t>#79 John Williams - LT</t>
+  </si>
+  <si>
+    <t>#62 Kenneth Brown - LG</t>
+  </si>
+  <si>
+    <t>#70 James Hampton - LT</t>
   </si>
   <si>
     <t>#64 Bobby Johnson - RG</t>
   </si>
   <si>
-    <t>#70 Oscar Richards - RT</t>
+    <t>#74 Oscar Richards - RT</t>
   </si>
   <si>
     <t>#92 Gilbert King - LDE</t>
   </si>
   <si>
     <t>#99 William Stewart - LDE</t>
   </si>
   <si>
     <t>#91 William Glover - DT</t>
   </si>
   <si>
     <t>#90 Darren Hobdy - DT</t>
   </si>
   <si>
     <t>#94 Dorian Crozier - RDE</t>
   </si>
   <si>
     <t>#55 Richard Sharp - SLB</t>
   </si>
   <si>
     <t>#51 Lil Louie Sampson - MLB</t>
   </si>
   <si>
     <t>#59 Ronald Cruz - WLB</t>
   </si>
   <si>
     <t>#28 Luke Sayers - CB</t>
   </si>
   <si>
     <t>#23 Christopher Warden - CB</t>
   </si>
   <si>
     <t>#42 Neil Milner - SS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>TJN 40</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-TJN 40 (14:16) 15-Elvin Riffle pass complete to 26-Cedric Jones to TJN 37 for -2 yards. Tackle by 92-Gilbert King.</t>
   </si>
   <si>
-    <t>#85 Jake Wynter - WR</t>
-[...2 lines deleted...]
-    <t>#2 Walter Ray - RB</t>
+    <t>#30 Jake Wynter - RB</t>
+  </si>
+  <si>
+    <t>#2 Walter Ray - WR</t>
   </si>
   <si>
     <t>#20 Carl Ruiz - CB</t>
   </si>
   <si>
     <t>#41 Thomas Danner - FS</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>TJN 37</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-12-TJN 37 (13:45) 15-Elvin Riffle pass complete to 42-Terry Rose to TJN 44 for 7 yards. Tackle by 90-Darren Hobdy.</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>3-20-JOH 47 (10:20) 15-Elvin Riffle pass Pass knocked down by 28-Luke Sayers. incomplete, intended for 85-Jake Wynter.</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-20-JOH 47 (10:16) 1-Robert Messing punts 39 yards to JOH 7.</t>
   </si>
   <si>
     <t>#1 Robert Messing - P</t>
   </si>
   <si>
-    <t>#66 Donald Bernal - LT</t>
+    <t>#66 Donald Bernal - RT</t>
   </si>
   <si>
     <t>#3 Calvin Hill - RB</t>
   </si>
   <si>
     <t>#97 Thelonius Pilepush - DT</t>
   </si>
   <si>
     <t>#40 Michael Gallegos - SS</t>
   </si>
   <si>
     <t>#79 Joshua Masson - C</t>
   </si>
   <si>
     <t>#56 Dario Fernando Puebladura - MLB</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>JOH 7</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
@@ -596,72 +596,72 @@
   <si>
     <t>#72 Richard Lane - C</t>
   </si>
   <si>
     <t>#66 Evan Casillas - RG</t>
   </si>
   <si>
     <t>#74 Norman Thompson - RT</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#76 Walter Davenport - DT</t>
   </si>
   <si>
     <t>#91 George Ward - WLB</t>
   </si>
   <si>
     <t>#75 Billy Sanders - RDE</t>
   </si>
   <si>
     <t>#92 Charles Herrera - SLB</t>
   </si>
   <si>
-    <t>#53 Vern Ray - WLB</t>
-[...2 lines deleted...]
-    <t>#45 Floyd Brown - FS</t>
+    <t>#98 Vern Ray - WLB</t>
+  </si>
+  <si>
+    <t>#45 Floyd Brown - WLB</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-JOH 7 (10:04) 3-Calvin Hill ran to JOH 11 for 4 yards. Tackle by 51-Thomas Smith.</t>
   </si>
   <si>
     <t>#15 Christopher Rohrer - WR</t>
   </si>
   <si>
-    <t>#93 Thomas Smith - DT</t>
+    <t>#54 Thomas Smith - MLB</t>
   </si>
   <si>
     <t>9:24</t>
   </si>
   <si>
     <t>JOH 11</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-6-JOH 11 (9:23) 1-Nicholas Robicheaux pass Pass knocked down by 45-Floyd Brown. incomplete, intended for 80-Thabo  van der Merwe. 45-Floyd Brown got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>4-6-JOH 11 (9:20) 4-Robert Vandusen punts 46 yards to TJN 42. 42-Terry Rose to JOH 32 for 26 yards. Tackle by 4-Robert Vandusen.</t>
   </si>
   <si>
     <t>#4 Robert Vandusen - P</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>#11 Robert Chapa - CB</t>
   </si>
   <si>
     <t>#9 Kenneth Green - K</t>
   </si>
   <si>
     <t>#98 Jacob Mackay - RDE</t>
   </si>
   <si>
     <t>#93 Charles Duncan - RDE</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>TJN 35</t>
   </si>
   <si>
     <t>(6:47) 9-Kenneth Green kicks 75 yards from TJN 35 to JOH -10. Touchback.</t>
   </si>
   <si>
     <t>#54 Willis Fisher - SLB</t>
   </si>
   <si>
-    <t>#86 David Minjares - WR</t>
+    <t>#83 David Minjares - WR</t>
   </si>
   <si>
     <t>JOH 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-JOH 25 (6:47) 1-Nicholas Robicheaux pass complete to 3-Calvin Hill to JOH 27 for 2 yards. Tackle by 44-Thomas Najera. 3-Calvin Hill breaks down the CB.</t>
   </si>
   <si>
     <t>#14 Donald Philips - RB</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
     <t>JOH 27</t>
   </si>
   <si>
     <t>4-3 Under Inside LB Blitz</t>
   </si>
   <si>
     <t>2-8-JOH 27 (6:09) 1-Nicholas Robicheaux pass complete to 30-Erik Shepherd to JOH 43 for 15 yards. Tackle by 38-Terry Driscoll.</t>
   </si>
@@ -821,51 +821,51 @@
   <si>
     <t>1-10-JOH 43 (5:33) 1-Nicholas Robicheaux pass complete to 30-Erik Shepherd to TJN 43 for 15 yards. Tackle by 47-Thad Aegis.</t>
   </si>
   <si>
     <t>#82 Guillermo Bahr - TE</t>
   </si>
   <si>
     <t>#68 Chris Spencer - RDE</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>TJN 43</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-TJN 43 (4:47) 1-Nicholas Robicheaux pass complete to 14-Donald Philips to TJN 37 for 5 yards. Tackle by 7-Nathan Kelson. Nice job by 14-Donald Philips on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#7 Christopher Billups - RB</t>
   </si>
   <si>
-    <t>#32 Ernest Roache - SS</t>
+    <t>#46 Ernest Roache - SS</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>2-5-TJN 37 (4:14) 3-Calvin Hill ran to TJN 33 for 4 yards. Tackle by 92-Charles Herrera. TJN 68-Chris Spencer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:36</t>
   </si>
   <si>
     <t>TJN 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-1-TJN 33 (3:35) 14-Donald Philips ran to TJN 33 for a short gain. Tackle by 53-Vern Ray.</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>4-1-TJN 33 (2:52) 5-Clint Temple 51 yard field goal is GOOD. JOH 3 TJN 3</t>
   </si>
@@ -2190,90 +2190,90 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>