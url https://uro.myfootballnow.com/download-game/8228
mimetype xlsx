--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -344,51 +344,51 @@
   <si>
     <t>NSH 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NSH 25 (15:00) 13-Tom Hanks pass Pass knocked down by 24-Melvin Tunstall. incomplete, intended for 23-Melvin Phillips.</t>
   </si>
   <si>
     <t>#13 Tom Hanks - QB</t>
   </si>
   <si>
     <t>#23 Melvin Phillips - RB</t>
   </si>
   <si>
     <t>#38 Robert Wilson - FB</t>
   </si>
   <si>
     <t>#81 John Conner - WR</t>
   </si>
   <si>
-    <t>#15 Freddie Kim - WR</t>
+    <t>#10 Freddie Kim - WR</t>
   </si>
   <si>
     <t>#11 George Coronel - WR</t>
   </si>
   <si>
     <t>#72 Jeremy Haigh - LT</t>
   </si>
   <si>
     <t>#54 Brandon Martindale - LG</t>
   </si>
   <si>
     <t>#74 Paul Vance - C</t>
   </si>
   <si>
     <t>#41 Mark Knight - RG</t>
   </si>
   <si>
     <t>#59 Jonathan Robinson - RT</t>
   </si>
   <si>
     <t>#75 Marco Jansen - LDE</t>
   </si>
   <si>
     <t>#93 Sylvester McCullough - DT</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#22 Rickey Minnick - CB</t>
   </si>
   <si>
     <t>#24 Melvin Tunstall - CB</t>
   </si>
   <si>
     <t>#31 James Vega - SS</t>
   </si>
   <si>
     <t>#25 Clayton Rovner - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-NSH 25 (14:57) 23-Melvin Phillips ran to NSH 29 for 4 yards. Tackle by 56-Nate Strickland.</t>
   </si>
   <si>
-    <t>#80 Winslow Washington - TE</t>
+    <t>#80 Winslow Washington - RT</t>
   </si>
   <si>
     <t>#51 Wade Link - WLB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>NSH 29</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-6-NSH 29 (14:13) 13-Tom Hanks pass Pass knocked down by 51-Wade Link. incomplete, intended for 38-Robert Wilson.</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -482,63 +482,63 @@
   <si>
     <t>#76 Christopher Canyon - LT</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>ULA 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-ULA 25 (14:02) 8-Luis Blackwell pass complete to 84-Chris Gannon to ULA 32 for 7 yards. Tackle by 95-Stuart Renfroe.</t>
   </si>
   <si>
     <t>#8 Luis Blackwell - QB</t>
   </si>
   <si>
     <t>#42 James Waugh - RB</t>
   </si>
   <si>
     <t>#32 Titus Partin - RB</t>
   </si>
   <si>
-    <t>#84 Chris Gannon - TE</t>
+    <t>#86 Chris Gannon - TE</t>
   </si>
   <si>
     <t>#12 John Gregory - WR</t>
   </si>
   <si>
     <t>#72 Fred Jones - LT</t>
   </si>
   <si>
     <t>#61 Scott Coley - LG</t>
   </si>
   <si>
-    <t>#64 Devin Vela - C</t>
+    <t>#64 Devin Vela - LG</t>
   </si>
   <si>
     <t>#63 Charles Law - RG</t>
   </si>
   <si>
     <t>#73 Joe Davis - RT</t>
   </si>
   <si>
     <t>#67 Robert Sotelo - LDE</t>
   </si>
   <si>
     <t>#53 Darren Malcolm - RDE</t>
   </si>
   <si>
     <t>#97 John Lowe - SLB</t>
   </si>
   <si>
     <t>#47 William Freeman - SS</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>ULA 32</t>
   </si>
@@ -2091,51 +2091,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="227.516" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>