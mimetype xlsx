--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -356,51 +356,51 @@
   <si>
     <t>#8 Robert Poirier - QB</t>
   </si>
   <si>
     <t>#26 Leo Hall - RB</t>
   </si>
   <si>
     <t>#80 Jeffrey Hoke - TE</t>
   </si>
   <si>
     <t>#49 Jimmy Norman - FB</t>
   </si>
   <si>
     <t>#81 Paul Yuen - WR</t>
   </si>
   <si>
     <t>#69 Harris Strain - LT</t>
   </si>
   <si>
     <t>#65 Dennis Ashford - LG</t>
   </si>
   <si>
     <t>#70 Carl Llewellyn - C</t>
   </si>
   <si>
-    <t>#78 Woodrow Breen - RG</t>
+    <t>#55 Woodrow Breen - RT</t>
   </si>
   <si>
     <t>#74 Mohammed Brawley - RT</t>
   </si>
   <si>
     <t>#72 Paul Burkett - LDE</t>
   </si>
   <si>
     <t>#95 Daniel Fraley - DT</t>
   </si>
   <si>
     <t>#62 Detrás de la Línea - LDE</t>
   </si>
   <si>
     <t>#91 Samuel Morgan - SLB</t>
   </si>
   <si>
     <t>#55 Ronald Knight - MLB</t>
   </si>
   <si>
     <t>#52 Timothy Sanchez - WLB</t>
   </si>
   <si>
     <t>#49 James Pierce - CB</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-BFD 44 (12:31) 15-Jason Ewing punts 50 yards to QUE 6.</t>
   </si>
   <si>
     <t>#15 Jason Ewing - P</t>
   </si>
   <si>
     <t>#24 Michael Perez - RB</t>
   </si>
   <si>
     <t>#43 Jeremy Bryant - FS</t>
   </si>
   <si>
     <t>#72 Richard Hiers - LT</t>
   </si>
   <si>
     <t>#58 Richard Clements - C</t>
   </si>
   <si>
-    <t>#65 Micheal Bunch - RT</t>
+    <t>#72 Micheal Bunch - LT</t>
   </si>
   <si>
     <t>#54 Roy Gouveia - SLB</t>
   </si>
   <si>
     <t>#51 Jacques Cartier - MLB</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>QUE 6</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-QUE 6 (12:21) 4-David Nowell pass complete to 89-Roscoe Olson to QUE 8 for 2 yards. Tackle by 46-Milo Winter.</t>
   </si>
   <si>
     <t>#4 David Nowell - QB</t>
   </si>