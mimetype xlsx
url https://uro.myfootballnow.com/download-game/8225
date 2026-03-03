--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -374,126 +374,126 @@
   <si>
     <t>#64 Giovanni Bulwark - LG</t>
   </si>
   <si>
     <t>#68 Joseph Harrison - C</t>
   </si>
   <si>
     <t>#75 Erich Milliken - RG</t>
   </si>
   <si>
     <t>#1 Samuel Williams - RT</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
     <t>#58 John Demarco - DT</t>
   </si>
   <si>
     <t>#63 George Foley - DT</t>
   </si>
   <si>
     <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
-    <t>#94 Phillip Snyder - RDE</t>
+    <t>#94 Phillip Snyder - MLB</t>
   </si>
   <si>
     <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#35 Rex Cruz - CB</t>
   </si>
   <si>
-    <t>#27 Dustin Sherrod - CB</t>
+    <t>#27 Dustin Sherrod - LDE</t>
   </si>
   <si>
     <t>#26 David Owen - CB</t>
   </si>
   <si>
     <t>#28 William Cochrane - SS</t>
   </si>
   <si>
-    <t>#2 Luis Daniels - FS</t>
+    <t>#2 Luis Daniels - RDE</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>BRS 27</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-8-BRS 27 (14:24) 3-John Marie sacked at BRS 19 for -8 yards (77-Andrew Hamner). Sack allowed by 1-Samuel Williams.</t>
   </si>
   <si>
     <t>#85 Robert Sosa - TE</t>
   </si>
   <si>
-    <t>#56 Dwight Hearn - LDE</t>
+    <t>#24 Dwight Hearn - CB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>BRS 19</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-16-BRS 19 (13:42) 3-John Marie sacked at BRS 17 for -2 yards (77-Andrew Hamner). Sack allowed by 1-Samuel Williams.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>BRS 17</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-BRS 17 (13:00) 13-Edwin Hernandez punts 45 yards to GYQ 38. 12-Boom Boom Boone to GYQ 43 for 5 yards. Tackle by 98-Rufus Carnes.</t>
   </si>
   <si>
     <t>#13 Edwin Hernandez - P</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
-    <t>#1 Jonathan Reynolds - SLB</t>
+    <t>#1 Jonathan Reynolds - FS</t>
   </si>
   <si>
     <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
     <t>#16 Daniel Miller - WR</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>#76 Alan Miller - RG</t>
   </si>
   <si>
     <t>#7 Thomas Lanham - MLB</t>
   </si>
   <si>
     <t>#66 Craig Lavalley - DT</t>
   </si>
   <si>
     <t>#49 David Perez - LDE</t>
   </si>
@@ -503,96 +503,96 @@
   <si>
     <t>GYQ 43</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-GYQ 43 (12:52) PENALTY - False Start (GYQ 25-Johnny Woodard)</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#82 Aaron Douglas - FB</t>
   </si>
   <si>
     <t>#86 Carl Gabrielson - WR</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
-    <t>#59 Tre Springfield - LT</t>
+    <t>#58 Tre Springfield - LT</t>
   </si>
   <si>
     <t>#71 Michael Nall - LG</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
     <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#53 Steven Braggs - LDE</t>
   </si>
   <si>
-    <t>#45 James Griffith - MLB</t>
+    <t>#90 James Griffith - MLB</t>
   </si>
   <si>
     <t>#28 Donovan Lundy - CB</t>
   </si>
   <si>
     <t>#43 Kyle Tierney - SS</t>
   </si>
   <si>
     <t>#52 Anthony Riley - FS</t>
   </si>
   <si>
     <t>GYQ 38</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-15-GYQ 38 (12:52) 3-Arthur Gayle pass complete to 12-Boom Boom Boone to BRS 49 for 13 yards. Tackle by 5-Todd Smith. Nice job by 12-Boom Boom Boone on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#41 Jett Winslow - RB</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - TE</t>
+    <t>#87 Larry Plowman - LT</t>
   </si>
   <si>
     <t>#5 Todd Smith - SLB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>BRS 49</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-2-BRS 49 (12:07) 41-Jett Winslow ran to BRS 40 for 9 yards. Tackle by 43-Kyle Tierney.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>BRS 40</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-8-BRS 38 (10:41) 41-Jett Winslow ran to BRS 35 for 3 yards. Tackle by 55-Shawn Baker.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>BRS 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-5-BRS 35 (10:00) 41-Jett Winslow ran to BRS 16 for 19 yards. Tackle by 30-Duane Doman.</t>
   </si>
   <si>
-    <t>#21 Christopher Paquet - RT</t>
+    <t>#21 Christopher Paquet - C</t>
   </si>
   <si>
     <t>#2 Franklin Cade - RDE</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>BRS 16</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-BRS 16 (9:15) 6-Pedro Richardson ran to BRS 19 for -2 yards. Tackle by 40-Matthew Cousins.</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
@@ -683,60 +683,60 @@
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-13-BRS 19 (7:54) 3-Arthur Gayle pass complete to 12-Boom Boom Boone to BRS 12 for 7 yards. Tackle by 43-Kyle Tierney. PENALTY - Holding (GYQ 71-Michael Nall) (Declined)</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>BRS 12</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-BRS 12 (7:51) 8-Ray Grant 30 yard field goal is GOOD. GYQ 3 BRS 0</t>
   </si>
   <si>
-    <t>#65 Lyle McPeak - LG</t>
+    <t>#65 Lyle McPeak - C</t>
   </si>
   <si>
     <t>#67 Bobby Jones - LT</t>
   </si>
   <si>
     <t>#76 8 Piece Reynolds - RG</t>
   </si>
   <si>
-    <t>#74 Alejandro Aiello - C</t>
+    <t>#74 Alejandro Aiello - RT</t>
   </si>
   <si>
     <t>#79 Pillar Ivory - LT</t>
   </si>
   <si>
     <t>#54 Javier Rodriguez - RT</t>
   </si>
   <si>
     <t>#97 Jessie McKinney - WLB</t>
   </si>
   <si>
     <t>#50 Stanley Beers - SLB</t>
   </si>
   <si>
     <t>#32 Jerry Settles - CB</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>(7:48) 8-Ray Grant kicks 75 yards from GYQ 35 to BRS -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -1046,51 +1046,51 @@
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-5-GYQ 39 (9:08) 31-Philip Bryant ran to GYQ 36 for 3 yards. Tackle by 94-Phillip Snyder.</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>4-2-GYQ 36 (8:25) 4-James Oviedo 53 yard field goal is GOOD. GYQ 6 BRS 3</t>
   </si>
   <si>
     <t>#11 Stephen Holland - QB</t>
   </si>
   <si>
     <t>#4 James Oviedo - K</t>
   </si>
   <si>
     <t>#67 Joseph Trujillo - LG</t>
   </si>
   <si>
-    <t>#74 Brian Bayne - LT</t>
+    <t>#66 Brian Bayne - LT</t>
   </si>
   <si>
     <t>#13 Timothy Inabinet - DT</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>(8:21) 4-James Oviedo kicks 74 yards from BRS 35 to GYQ -9. Touchback.</t>
   </si>
   <si>
     <t>GYQ 25</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (8:21) 6-Pedro Richardson ran to GYQ 32 for 7 yards. Tackle by 52-Anthony Riley.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>GYQ 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
@@ -2251,110 +2251,110 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="372.623" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>