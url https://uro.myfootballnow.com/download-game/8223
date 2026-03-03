--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -305,102 +305,102 @@
   <si>
     <t>#16 Clarence Johnson - WR</t>
   </si>
   <si>
     <t>#63 Henry Thai - C</t>
   </si>
   <si>
     <t>#76 Joseph Wooldridge - DT</t>
   </si>
   <si>
     <t>#31 Harrison Macdonald - FS</t>
   </si>
   <si>
     <t>#70 Jason Voorhees - RDE</t>
   </si>
   <si>
     <t>#41 John Barker - SS</t>
   </si>
   <si>
     <t>#84 Jay  Swagger - WR</t>
   </si>
   <si>
     <t>#21 Scott Hawks - CB</t>
   </si>
   <si>
-    <t>#59 Edwin Morris - LDE</t>
+    <t>#67 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#49 Joseph Rooney - CB</t>
   </si>
   <si>
     <t>#94 Mendoza Sambito - CB</t>
   </si>
   <si>
     <t>#9 Jose Morgan - K</t>
   </si>
   <si>
     <t>SKT</t>
   </si>
   <si>
     <t>SKT 25</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SKT 25 (15:00) 17-Dan Cournoyer ran to SKT 25 for a short loss. Tackle by 57-Hal Phifer.</t>
   </si>
   <si>
     <t>#19 Colt Waverly - QB</t>
   </si>
   <si>
     <t>#17 Dan Cournoyer - RB</t>
   </si>
   <si>
     <t>#27 Michael Obrien - FB</t>
   </si>
   <si>
     <t>#82 David Page - TE</t>
   </si>
   <si>
-    <t>#69 Noel Douglass - LT</t>
+    <t>#69 Noel Douglass - RT</t>
   </si>
   <si>
     <t>#68 James Shelor - LG</t>
   </si>
   <si>
     <t>#64 Brian Hocker - C</t>
   </si>
   <si>
     <t>#56 John Kitchen - C</t>
   </si>
   <si>
-    <t>#64 Mark Elliott - RT</t>
+    <t>#57 Mark Elliott - RT</t>
   </si>
   <si>
     <t>#91 Dennis Culver - LDE</t>
   </si>
   <si>
     <t>#21 John Felice - DT</t>
   </si>
   <si>
     <t>#99 Nicholas Silvey - DT</t>
   </si>
   <si>
     <t>#96 Horace Eno - RDE</t>
   </si>
   <si>
     <t>#92 Lynn Benson - SLB</t>
   </si>
   <si>
     <t>#90 Harold Burditt - MLB</t>
   </si>
   <si>
     <t>#57 Hal Phifer - WLB</t>
   </si>
   <si>
     <t>#24 Brad Hoelscher - CB</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>#32 Johnnie Mudd - RB</t>
   </si>
   <si>
     <t>#80 Duane Gelinas - WR</t>
   </si>
   <si>
     <t>#39 Damien Corson - CB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>SKT 38</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SKT 38 (13:38) 19-Colt Waverly pass Pass knocked down by 92-Lynn Benson. incomplete, intended for 17-Dan Cournoyer. SKT 68-James Shelor was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#29 Rogelio Allen - LDE</t>
+    <t>#29 Rogelio Allen - DT</t>
   </si>
   <si>
     <t>#23 Allen Xu - CB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-SKT 38 (13:36) 19-Colt Waverly pass complete to 82-David Page to ROM 46 for 17 yards. Tackle by 57-Hal Phifer.</t>
   </si>
   <si>
     <t>#71 David Bryant - LG</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>ROM 46</t>
   </si>
@@ -557,138 +557,138 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-ROM 16 (11:54) 8-Steven Ramirez pass complete to 34-Anthony Ruiz to ROM 24 for 8 yards. Tackle by 20-Joseph Cano.</t>
   </si>
   <si>
     <t>#8 Steven Ramirez - QB</t>
   </si>
   <si>
     <t>#4 Jose Yount - RB</t>
   </si>
   <si>
     <t>#84 Sean Hardy - TE</t>
   </si>
   <si>
     <t>#85 Robert Cooney - WR</t>
   </si>
   <si>
     <t>#10 Joshua Bain - WR</t>
   </si>
   <si>
-    <t>#72 Joseph Womble - LT</t>
+    <t>#72 Joseph Womble - RT</t>
   </si>
   <si>
     <t>#51 Quinton Hummer - LG</t>
   </si>
   <si>
     <t>#73 Joshua Morrell - C</t>
   </si>
   <si>
     <t>#64 John Anderson - RG</t>
   </si>
   <si>
-    <t>#65 John Scott - RT</t>
+    <t>#65 John Scott - LT</t>
   </si>
   <si>
     <t>#91 Troy Davis - LDE</t>
   </si>
   <si>
     <t>#99 Paul Thompson - DT</t>
   </si>
   <si>
     <t>#94 John Greene - RDE</t>
   </si>
   <si>
     <t>#94 Wallace Easley - MLB</t>
   </si>
   <si>
     <t>#96 Joseph Yee - WLB</t>
   </si>
   <si>
     <t>#26 Joseph Hall - CB</t>
   </si>
   <si>
-    <t>#37 Nkosi Tunzi - CB</t>
+    <t>#23 Nkosi Tunzi - CB</t>
   </si>
   <si>
     <t>#45 Earl Simmons - FS</t>
   </si>
   <si>
-    <t>#20 Joseph Cano - FS</t>
+    <t>#20 Joseph Cano - SS</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>ROM 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-2-ROM 24 (11:12) 4-Jose Yount ran to ROM 22 for -1 yards. Tackle by 91-Troy Davis.</t>
   </si>
   <si>
     <t>#45 John Byrne - FB</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>ROM 22</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-3-ROM 22 (10:30) 8-Steven Ramirez pass complete to 45-John Byrne to ROM 28 for 6 yards. Tackle by 93-Patrick Gomez.</t>
   </si>
   <si>
     <t>#93 Patrick Gomez - SLB</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>ROM 28</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
   <si>
     <t>1-10-ROM 28 (9:44) 8-Steven Ramirez pass complete to 4-Jose Yount to ROM 35 for 7 yards. Tackle by 94-Wallace Easley.</t>
   </si>
   <si>
-    <t>#82 William Curry - TE</t>
+    <t>#83 William Curry - TE</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-3-ROM 35 (9:05) 4-Jose Yount ran to ROM 35 for a short loss. Tackle by 94-John Greene.</t>
   </si>
   <si>
     <t>#37 Anthony Taylor - FB</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -968,51 +968,51 @@
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-7-SKT 40 (12:59) 8-Steven Ramirez pass complete to 45-John Byrne to SKT 0 for 40 yards. TOUCHDOWN! SKT 7 ROM 6</t>
   </si>
   <si>
     <t>#33 Marshall Fultz - RB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>SKT 15</t>
   </si>
   <si>
     <t>(12:52) Extra point GOOD by 9-Jose Morgan. SKT 7 ROM 7</t>
   </si>
   <si>
     <t>#7 Jeremy Suarez - QB</t>
   </si>
   <si>
-    <t>#68 Miguel Clark - RT</t>
+    <t>#12 Miguel Clark - RG</t>
   </si>
   <si>
     <t>#65 Scott Campbell - DT</t>
   </si>
   <si>
     <t>(12:52) 9-Jose Morgan kicks 71 yards from ROM 35 to SKT -6. Touchback.</t>
   </si>
   <si>
     <t>1-10-SKT 25 (12:52) 17-Dan Cournoyer ran to SKT 34 for 9 yards. Tackle by 46-Philip Larkin.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>2-1-SKT 34 (12:13) 27-Michael Obrien ran to SKT 35 for 1 yards. Tackle by 99-Nicholas Silvey. 64-Brian Hocker missed that block completely.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
@@ -1079,51 +1079,51 @@
   <si>
     <t>2-12-ROM 9 (8:46) 8-Steven Ramirez pass complete to 84-Sean Hardy to ROM 14 for 5 yards. Tackle by 96-Joseph Yee.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>ROM 14</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-7-ROM 14 (8:02) 8-Steven Ramirez pass complete to 4-Jose Yount to SKT 46 for 40 yards. Tackle by 96-Joseph Yee.</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>SKT 46</t>
   </si>
   <si>
     <t>1-10-SKT 46 (7:18) 33-Marshall Fultz ran to SKT 41 for 5 yards. Tackle by 51-Melvin Childress.</t>
   </si>
   <si>
-    <t>#15 Matthew Lancaster - WR</t>
+    <t>#89 Matthew Lancaster - WR</t>
   </si>
   <si>
     <t>#51 Melvin Childress - MLB</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>2-5-SKT 41 (6:41) 8-Steven Ramirez pass complete to 84-Sean Hardy to SKT 34 for 7 yards. Tackle by 94-Wallace Easley.</t>
   </si>
   <si>
     <t>#30 Wendell Warren - WLB</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-SKT 34 (5:57) 33-Marshall Fultz ran to SKT 21 for 13 yards. Tackle by 45-Earl Simmons.</t>
   </si>
   <si>
     <t>5:14</t>
   </si>
@@ -2165,51 +2165,51 @@
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>