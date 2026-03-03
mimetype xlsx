--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -302,186 +302,186 @@
   <si>
     <t>(15:00) 5-Michael Smith kicks 74 yards from PRA 35 to YKN -9. Touchback.</t>
   </si>
   <si>
     <t>#15 Jason Gordon - WR</t>
   </si>
   <si>
     <t>#93 Terry Tacklesworth - MLB</t>
   </si>
   <si>
     <t>#77 Mathew Fultz - RDE</t>
   </si>
   <si>
     <t>#73 Thomas McClendon - LDE</t>
   </si>
   <si>
     <t>#98 James Brown - MLB</t>
   </si>
   <si>
     <t>#58 Darryl Graham - WLB</t>
   </si>
   <si>
     <t>#54 Wayne Dietrich - RDE</t>
   </si>
   <si>
-    <t>#67 Mudslide Malone - DT</t>
+    <t>#90 Mudslide Malone - DT</t>
   </si>
   <si>
     <t>#95 James Saucier - SLB</t>
   </si>
   <si>
     <t>#66 Edward Ramirez - DT</t>
   </si>
   <si>
     <t>#71 Jose Desir - RDE</t>
   </si>
   <si>
     <t>#5 Michael Smith - K</t>
   </si>
   <si>
     <t>YKN</t>
   </si>
   <si>
     <t>YKN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-YKN 25 (15:00) 4-Michael Taylor pass complete to 34-Benjamin Connolly to YKN 30 for 5 yards. Tackle by 93-Kent Brockman.</t>
   </si>
   <si>
-    <t>#4 Michael Taylor - QB</t>
+    <t>#10 Michael Taylor - QB</t>
   </si>
   <si>
     <t>#34 Benjamin Connolly - RB</t>
   </si>
   <si>
     <t>#32 Matthew Howard - RB</t>
   </si>
   <si>
     <t>#81 Jesse Wilson - WR</t>
   </si>
   <si>
     <t>#89 George May - WR</t>
   </si>
   <si>
-    <t>#70 Kenneth McDonald - LT</t>
+    <t>#53 Kenneth McDonald - LT</t>
   </si>
   <si>
     <t>#51 James Carmichael - LG</t>
   </si>
   <si>
     <t>#61 Michael Tharp - C</t>
   </si>
   <si>
     <t>#63 Robert Hunsaker - RG</t>
   </si>
   <si>
     <t>#68 Jacob King - RT</t>
   </si>
   <si>
     <t>#93 Kent Brockman - LDE</t>
   </si>
   <si>
     <t>#57 Alan Fair - DT</t>
   </si>
   <si>
     <t>#76 Albert Herbert - DT</t>
   </si>
   <si>
     <t>#40 Thomas Keene - RDE</t>
   </si>
   <si>
     <t>#53 Phillip Brown - MLB</t>
   </si>
   <si>
     <t>#36 Brian Marsh - WLB</t>
   </si>
   <si>
     <t>#29 Wally Valcheko - CB</t>
   </si>
   <si>
     <t>#44 Gerald Griffin - CB</t>
   </si>
   <si>
-    <t>#20 Christopher Darwin - CB</t>
+    <t>#24 Christopher Darwin - CB</t>
   </si>
   <si>
     <t>#33 James Reiter - SS</t>
   </si>
   <si>
     <t>#41 Michael Bullis - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>YKN 30</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-5-YKN 30 (14:19) 4-Michael Taylor pass complete to 34-Benjamin Connolly to YKN 46 for 16 yards. Tackle by 33-James Reiter.</t>
   </si>
   <si>
-    <t>#24 James Harris - FB</t>
+    <t>#66 James Harris - LT</t>
   </si>
   <si>
     <t>#80 Thomas Johnson - TE</t>
   </si>
   <si>
-    <t>#90 Michael Vaughn - SLB</t>
+    <t>#51 Michael Vaughn - WLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>YKN 46</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-YKN 46 (13:32) 4-Michael Taylor sacked at YKN 36 for -10 yards (57-Alan Fair). Sack allowed by 63-Robert Hunsaker.</t>
   </si>
   <si>
     <t>#96 Larry Smith - MLB</t>
   </si>
   <si>
-    <t>#97 John Jackson - WLB</t>
+    <t>#52 John Jackson - SLB</t>
   </si>
   <si>
     <t>#32 Jamie Jones - SS</t>
   </si>
   <si>
     <t>#30 Charles McNeill - FS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>YKN 36</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-20-YKN 36 (12:56) 4-Michael Taylor sacked at YKN 30 for -7 yards (40-Thomas Keene). Sack allowed by 70-Kenneth McDonald.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
@@ -536,66 +536,66 @@
   <si>
     <t>4-3 Normal Cover 3 Zone Under</t>
   </si>
   <si>
     <t>1-10-PRA 29 (11:35) 35-Dennis Johnson ran to PRA 39 for 10 yards. Tackle by 28-Jimi Hendrix.</t>
   </si>
   <si>
     <t>#12 Gordon Rosa - QB</t>
   </si>
   <si>
     <t>#35 Dennis Johnson - RB</t>
   </si>
   <si>
     <t>#37 Brian Almanza - FB</t>
   </si>
   <si>
     <t>#86 Robert Polk - TE</t>
   </si>
   <si>
     <t>#19 James Ledesma - WR</t>
   </si>
   <si>
     <t>#79 Johnny Shafer - LT</t>
   </si>
   <si>
-    <t>#4 Kevin Thompson - LG</t>
+    <t>#61 Kevin Thompson - LG</t>
   </si>
   <si>
     <t>#74 Gary Johnson - C</t>
   </si>
   <si>
     <t>#70 David Romo - RG</t>
   </si>
   <si>
-    <t>#54 Donnie Hairston - RT</t>
+    <t>#75 Donnie Hairston - RT</t>
   </si>
   <si>
     <t>#46 Kenneth Cramer - CB</t>
   </si>
   <si>
-    <t>#28 Jimi Hendrix - CB</t>
+    <t>#22 Jimi Hendrix - CB</t>
   </si>
   <si>
     <t>#37 Theodore Rhee - FS</t>
   </si>
   <si>
     <t>#39 Larry Robertson - FS</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>PRA 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-1-PRA 39 (10:59) 35-Dennis Johnson ran to PRA 38 for a short loss. Tackle by 98-James Brown. PENALTY - Offsides (YKN 66-Edward Ramirez)</t>
   </si>
   <si>
     <t>#31 David Wynn - RB</t>
   </si>
@@ -620,63 +620,63 @@
   <si>
     <t>PRA 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-9-PRA 45 (10:14) 35-Dennis Johnson ran to PRA 44 for -1 yards. Tackle by 71-Jose Desir.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-10-PRA 44 (9:39) 12-Gordon Rosa pass Pass knocked down by 7-Jamaal Blea. incomplete, intended for 19-James Ledesma.</t>
   </si>
   <si>
-    <t>#80 Luther Moreno - WR</t>
+    <t>#16 Luther Moreno - WR</t>
   </si>
   <si>
     <t>#7 Jamaal Blea - CB</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>4-10-PRA 44 (9:35) 4-Marc Pedigo punts 57 yards to YKN -1.4-10-PRA 44 (9:35) 4-Marc Pedigo punts 57 yards to YKN -1. Touchback.</t>
   </si>
   <si>
-    <t>#4 Marc Pedigo - P</t>
+    <t>#13 Marc Pedigo - P</t>
   </si>
   <si>
     <t>#63 James Chavez - C</t>
   </si>
   <si>
     <t>#67 Travis Talley - RG</t>
   </si>
   <si>
     <t>#78 Jeffrey Estes - LT</t>
   </si>
   <si>
     <t>#48 Johnnie Gilreath - FS</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>YKN 20</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-YKN 20 (9:27) 4-Michael Taylor pass complete to 89-George May to YKN 31 for 11 yards. Tackle by 20-Christopher Darwin.</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-9-YKN 46 (4:48) 35-Dennis Johnson ran to YKN 38 for 8 yards. Tackle by 28-Jimi Hendrix.</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>YKN 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-YKN 38 (4:09) 5-Michael Smith 56 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
-    <t>#6 Christopher Buser - QB</t>
+    <t>#16 Christopher Buser - QB</t>
   </si>
   <si>
     <t>#89 Michael Canon - TE</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-YKN 45 (4:05) 4-Michael Taylor pass complete to 80-Thomas Johnson to PRA 48 for 7 yards. Tackle by 36-Brian Marsh. PENALTY - Offsides (PRA 76-Albert Herbert)</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>YKN 50</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
@@ -884,51 +884,51 @@
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-5-PRA 16 (1:14) 4-Michael Taylor sacked at PRA 24 for -8 yards (40-Thomas Keene). Sack allowed by 70-Kenneth McDonald.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>PRA 24</t>
   </si>
   <si>
     <t>4-13-PRA 24 (0:34) 2-Richard Rodriquez 41 yard field goal is GOOD. YKN 3 PRA 0</t>
   </si>
   <si>
     <t>#8 Patrick Orr - QB</t>
   </si>
   <si>
     <t>#2 Richard Rodriquez - K</t>
   </si>
   <si>
     <t>#76 Christopher England - RG</t>
   </si>
   <si>
-    <t>#55 Steven Lopez - WLB</t>
+    <t>#99 Steven Lopez - WLB</t>
   </si>
   <si>
     <t>#59 Daniel Stines - MLB</t>
   </si>
   <si>
     <t>#92 James Brooks - RDE</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>YKN 35</t>
   </si>
   <si>
     <t>(0:31) 2-Richard Rodriquez kicks 75 yards from YKN 35 to PRA -10. Touchback.</t>
   </si>
   <si>
     <t>PRA 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-PRA 25 (0:31) 35-Dennis Johnson ran to PRA 28 for 3 yards. Tackle by 98-James Brown.</t>
   </si>
@@ -2281,86 +2281,86 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="351.486" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>