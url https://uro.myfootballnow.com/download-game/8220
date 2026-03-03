--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -281,126 +281,126 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LIS</t>
   </si>
   <si>
     <t>LIS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-James Warford kicks 75 yards from LIS 35 to MAN -10. 12-Paul Henderson to MAN 20 for 30 yards. Tackle by 4-Turbo Mendez.</t>
   </si>
   <si>
-    <t>#12 Paul Henderson - RB</t>
-[...8 lines deleted...]
-    <t>#39 Donald Farris - FS</t>
+    <t>#32 Paul Henderson - RB</t>
+  </si>
+  <si>
+    <t>#21 Charles Tilford - CB</t>
+  </si>
+  <si>
+    <t>#49 Allen Godbout - FS</t>
+  </si>
+  <si>
+    <t>#20 Donald Farris - FS</t>
   </si>
   <si>
     <t>#87 Lowell Miller - TE</t>
   </si>
   <si>
     <t>#55 Dennis Hackett - MLB</t>
   </si>
   <si>
-    <t>#67 Milton Linder - RDE</t>
+    <t>#26 Milton Linder - CB</t>
   </si>
   <si>
     <t>#96 Aldo Woodson - RDE</t>
   </si>
   <si>
-    <t>#99 Derrick Davis - DT</t>
+    <t>#65 Derrick Davis - DT</t>
   </si>
   <si>
     <t>#30 Charles Abernathy - RB</t>
   </si>
   <si>
     <t>#98 Matthew Dixon - LDE</t>
   </si>
   <si>
     <t>#17 James Warford - K</t>
   </si>
   <si>
     <t>MAN</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>MAN 20</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MAN 20 (14:56) 3-Stan  Taylor pass complete to 84-Marvin McCullum to MAN 33 for 12 yards. Tackle by 46-Russel Soto.</t>
   </si>
   <si>
     <t>#3 Stan  Taylor - QB</t>
   </si>
   <si>
     <t>#47 Fernando Thomas - FB</t>
   </si>
   <si>
     <t>#86 Kenneth Hayes - WR</t>
   </si>
   <si>
     <t>#84 Marvin McCullum - WR</t>
   </si>
   <si>
     <t>#17 Kevin Angle - WR</t>
   </si>
   <si>
     <t>#77 Brian Pitman - LT</t>
   </si>
   <si>
     <t>#63 Roy Culbert - LG</t>
   </si>
   <si>
-    <t>#88 David Moody - C</t>
+    <t>#73 David Moody - C</t>
   </si>
   <si>
     <t>#54 Leslie Ratzlaff - RG</t>
   </si>
   <si>
     <t>#70 Thomas Hintz - RT</t>
   </si>
   <si>
     <t>#54 Gregory Johnson - LDE</t>
   </si>
   <si>
     <t>#67 Albert Hinds - DT</t>
   </si>
   <si>
     <t>#92 Homer Hunter - DT</t>
   </si>
   <si>
     <t>#94 Gilbert Jones - RDE</t>
   </si>
   <si>
     <t>#50 John Sam - MLB</t>
   </si>
   <si>
     <t>#93 Michael Daley - WLB</t>
   </si>
@@ -503,63 +503,63 @@
   <si>
     <t>3-7-LIS 21 (12:08) 30-Charles Abernathy ran to LIS 18 for 3 yards. Tackle by 50-John Sam.</t>
   </si>
   <si>
     <t>#45 Russell Hernandez - SS</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>LIS 18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-LIS 18 (11:32) 18-James Tillett 36 yard field goal is GOOD. LIS 0 MAN 3</t>
   </si>
   <si>
     <t>#74 Jerry Morin - C</t>
   </si>
   <si>
-    <t>#18 James Tillett - K</t>
+    <t>#11 James Tillett - K</t>
   </si>
   <si>
     <t>#69 Thomas Buchanan - LT</t>
   </si>
   <si>
     <t>#79 Jeremy King - LG</t>
   </si>
   <si>
     <t>#24 Christopher Alexander - RB</t>
   </si>
   <si>
-    <t>#99 William Sullivan - MLB</t>
+    <t>#56 William Sullivan - WLB</t>
   </si>
   <si>
     <t>#95 Michel Pence - RDE</t>
   </si>
   <si>
     <t>#31 Joseph Tracy - FS</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>MAN 35</t>
   </si>
   <si>
     <t>(11:29) 18-James Tillett kicks 72 yards from MAN 35 to LIS -7. Touchback.</t>
   </si>
   <si>
     <t>#28 John Hunter - RB</t>
   </si>
   <si>
     <t>#4 Turbo Mendez - RB</t>
   </si>
   <si>
     <t>LIS 25</t>
   </si>
@@ -584,132 +584,132 @@
   <si>
     <t>#17 Gregg Summerlin - WR</t>
   </si>
   <si>
     <t>#84 Robert Wright - WR</t>
   </si>
   <si>
     <t>#70 Frank McShane - LT</t>
   </si>
   <si>
     <t>#69 Brian Green - LG</t>
   </si>
   <si>
     <t>#72 Michael Tan - C</t>
   </si>
   <si>
     <t>#51 Walter Jensen - LG</t>
   </si>
   <si>
     <t>#76 Harold Fischer - RT</t>
   </si>
   <si>
     <t>#68 William Galbreath - DT</t>
   </si>
   <si>
-    <t>#59 Darren Douthit - SLB</t>
-[...5 lines deleted...]
-    <t>#27 Anthony Boehm - CB</t>
+    <t>#94 Darren Douthit - DT</t>
+  </si>
+  <si>
+    <t>#20 Todd Oglesby - SS</t>
+  </si>
+  <si>
+    <t>#90 Anthony Boehm - SLB</t>
   </si>
   <si>
     <t>#48 Lawrence Browning - SS</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-LIS 35 (10:48) 16-Lester Davis pass complete to 4-Turbo Mendez to LIS 37 for 1 yards. Tackle by 48-Lawrence Browning. Nice job by 4-Turbo Mendez on that route to lose his coverage. 27-Anthony Boehm got away with a hold on that play. PENALTY - Holding (LIS 66-Johnny Gautreaux)</t>
   </si>
   <si>
-    <t>#66 Johnny Gautreaux - RT</t>
+    <t>#70 Johnny Gautreaux - RT</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-20-LIS 25 (10:45) 4-Turbo Mendez ran to LIS 28 for 3 yards. Tackle by 98-Matthew Dixon. 88-Alton Mulvey totally missed that block.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>LIS 28</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-17-LIS 28 (10:00) 16-Lester Davis pass complete to 4-Turbo Mendez to LIS 35 for 7 yards. Tackle by 27-Anthony Boehm. 4-Turbo Mendez breaks down the CB.</t>
   </si>
   <si>
     <t>#11 Nathan Hutchings - WR</t>
   </si>
   <si>
-    <t>#47 Chance Gonzales - CB</t>
+    <t>#39 Chance Gonzales - FS</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>3-10-LIS 35 (9:15) 16-Lester Davis pass incomplete, dropped by 22-Joe Eastwood.</t>
   </si>
   <si>
     <t>#22 Joe Eastwood - RB</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-LIS 35 (9:11) 19-Francis Dragon punts 49 yards to MAN 15.</t>
   </si>
   <si>
     <t>#19 Francis Dragon - P</t>
   </si>
   <si>
-    <t>#59 Kevin Flory - LT</t>
+    <t>#74 Kevin Flory - RG</t>
   </si>
   <si>
     <t>#44 Jonah Lee - FB</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>MAN 15</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MAN 15 (9:03) 3-Stan  Taylor pass complete to 17-Kevin Angle to MAN 19 for 4 yards. Tackle by 36-Shaun Pizarro.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>MAN 19</t>
   </si>
@@ -800,84 +800,84 @@
   <si>
     <t>3-2-LIS 50 (5:44) 30-Charles Abernathy ran to LIS 49 for 1 yards. Tackle by 74-Jose Leighty.</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>LIS 49</t>
   </si>
   <si>
     <t>4-1-LIS 49 (5:10) 19-Del Yost punts 43 yards to LIS 6.</t>
   </si>
   <si>
     <t>#19 Del Yost - P</t>
   </si>
   <si>
     <t>4:59</t>
   </si>
   <si>
     <t>LIS 6</t>
   </si>
   <si>
     <t>1-10-LIS 6 (5:00) 16-Lester Davis pass complete to 80-Paul Acevedo to LIS 10 for 4 yards. Tackle by 51-Todd Oglesby. Great move by 80-Paul Acevedo to get free of his coverage.</t>
   </si>
   <si>
-    <t>#91 Anthony Parker - MLB</t>
-[...2 lines deleted...]
-    <t>#36 Diego Haggerty - FS</t>
+    <t>#91 Anthony Parker - WLB</t>
+  </si>
+  <si>
+    <t>#57 Diego Haggerty - WLB</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>LIS 10</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-6-LIS 10 (4:26) 16-Lester Davis pass complete to 17-Gregg Summerlin to LIS 14 for 4 yards. Tackle by 28-Charles Tilford.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>LIS 14</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-2-LIS 14 (3:50) 4-Turbo Mendez ran to LIS 10 for -4 yards. Tackle by 28-Charles Tilford.</t>
   </si>
   <si>
     <t>#58 Michael Powell - C</t>
   </si>
   <si>
-    <t>#73 Anthony Brown - LDE</t>
+    <t>#75 Anthony Brown - LDE</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
   <si>
     <t>4-6-LIS 10 (3:07) 19-Francis Dragon punts 46 yards to MAN 44. Fair Catch by 12-Paul Henderson.</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>MAN 44</t>
   </si>
   <si>
     <t>1-10-MAN 44 (3:01) 3-Stan  Taylor pass Pass knocked down by 46-Russel Soto. incomplete, intended for 17-Kevin Angle.</t>
   </si>
   <si>
     <t>#97 Tim Wilson - SLB</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
@@ -2154,94 +2154,94 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="332.633" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">