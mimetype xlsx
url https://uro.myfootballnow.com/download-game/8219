--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -287,165 +287,165 @@
   <si>
     <t>GYQ has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>VAN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Carlos Mills kicks 75 yards from VAN 35 to GYQ -10. Touchback.</t>
   </si>
   <si>
     <t>#6 Pedro Richardson - RB</t>
   </si>
   <si>
     <t>#42 Charles Jackson - RB</t>
   </si>
   <si>
-    <t>#65 Lyle McPeak - LG</t>
+    <t>#65 Lyle McPeak - C</t>
   </si>
   <si>
     <t>#86 Carl Gabrielson - WR</t>
   </si>
   <si>
-    <t>#74 Alejandro Aiello - C</t>
+    <t>#74 Alejandro Aiello - RT</t>
   </si>
   <si>
     <t>#67 Bobby Jones - LT</t>
   </si>
   <si>
     <t>#79 Pillar Ivory - LT</t>
   </si>
   <si>
     <t>#41 Jett Winslow - RB</t>
   </si>
   <si>
     <t>#82 Aaron Douglas - FB</t>
   </si>
   <si>
     <t>#12 Boom Boom Boone - WR</t>
   </si>
   <si>
-    <t>#87 Larry Plowman - TE</t>
+    <t>#87 Larry Plowman - LT</t>
   </si>
   <si>
     <t>#16 Carlos Mills - K</t>
   </si>
   <si>
     <t>GYQ</t>
   </si>
   <si>
     <t>GYQ 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-GYQ 25 (15:00) 3-Arthur Gayle pass complete to 86-Carl Gabrielson to GYQ 36 for 11 yards. Tackle by 50-Randy Clementine. 86-Carl Gabrielson made a great move on the CB.</t>
   </si>
   <si>
     <t>#3 Arthur Gayle - QB</t>
   </si>
   <si>
     <t>#25 Johnny Woodard - WR</t>
   </si>
   <si>
-    <t>#59 Tre Springfield - LT</t>
+    <t>#58 Tre Springfield - LT</t>
   </si>
   <si>
     <t>#71 Michael Nall - LG</t>
   </si>
   <si>
     <t>#78 Michael J. Fox - LG</t>
   </si>
   <si>
     <t>#69 Anthony Coady - RG</t>
   </si>
   <si>
     <t>#75 Kenneth Erwin - C</t>
   </si>
   <si>
     <t>#72 Charles Young - LDE</t>
   </si>
   <si>
     <t>#77 Paul Barkley - DT</t>
   </si>
   <si>
-    <t>#54 Emilio Rogers - DT</t>
+    <t>#61 Emilio Rogers - DT</t>
   </si>
   <si>
     <t>#66 Jasper Stone - RDE</t>
   </si>
   <si>
     <t>#50 Randy Clementine - MLB</t>
   </si>
   <si>
-    <t>#51 Crash Brannigan - WLB</t>
+    <t>#51 Crash Brannigan - SLB</t>
   </si>
   <si>
     <t>#30 Douglas Lindsey - CB</t>
   </si>
   <si>
     <t>#43 Cecil Castillo - CB</t>
   </si>
   <si>
     <t>#39 Todd Wright - CB</t>
   </si>
   <si>
     <t>#47 Kevin Menard - SS</t>
   </si>
   <si>
     <t>#29 Biz Decker - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>GYQ 36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-GYQ 36 (14:16) 6-Pedro Richardson ran to GYQ 39 for 3 yards. Tackle by 54-Emilio Rogers.</t>
   </si>
   <si>
-    <t>#53 Timothy Gray - SLB</t>
+    <t>#53 Timothy Gray - WLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>GYQ 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-7-GYQ 39 (13:32) 6-Pedro Richardson ran to VAN 47 for 15 yards. Tackle by 29-Biz Decker.</t>
   </si>
   <si>
     <t>#19 Lance Stuart - WR</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>VAN 47</t>
   </si>
@@ -569,84 +569,84 @@
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-10-VAN 15 (7:28) 3-Arthur Gayle pass complete to 82-Aaron Douglas to VAN 9 for 6 yards. Tackle by 30-Douglas Lindsey.</t>
   </si>
   <si>
     <t>6:51</t>
   </si>
   <si>
     <t>VAN 9</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-VAN 9 (6:50) 8-Ray Grant 28 yard field goal is GOOD. VAN 0 GYQ 3</t>
   </si>
   <si>
     <t>#8 Ray Grant - K</t>
   </si>
   <si>
-    <t>#21 Christopher Paquet - RT</t>
+    <t>#21 Christopher Paquet - C</t>
   </si>
   <si>
     <t>#54 Javier Rodriguez - RT</t>
   </si>
   <si>
     <t>#58 Herbert Arnold - SLB</t>
   </si>
   <si>
     <t>#76 Orlando Zhou - RDE</t>
   </si>
   <si>
     <t>#70 Raymond Doughty - DT</t>
   </si>
   <si>
     <t>#78 Peter Murray - DT</t>
   </si>
   <si>
     <t>#59 Jonathan Wyatt - MLB</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>GYQ 35</t>
   </si>
   <si>
     <t>(6:48) 8-Ray Grant kicks 74 yards from GYQ 35 to VAN -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Robert Jones - WR</t>
   </si>
   <si>
-    <t>#39 Sherwood Kruger - CB</t>
+    <t>#59 Sherwood Kruger - CB</t>
   </si>
   <si>
     <t>#42 John Parker - CB</t>
   </si>
   <si>
     <t>VAN 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-VAN 25 (6:48) 2-Glen Simonson pass complete to 23-Sean Way to VAN 28 for 3 yards. Tackle by 1-Jonathan Reynolds. PENALTY - Holding (VAN 69-John Huffman)</t>
   </si>
   <si>
     <t>#2 Glen Simonson - QB</t>
   </si>
   <si>
     <t>#23 Sean Way - RB</t>
   </si>
   <si>
     <t>#20 Evan Singh - FB</t>
   </si>
   <si>
     <t>#83 Raymond Ward - TE</t>
   </si>
@@ -659,69 +659,69 @@
   <si>
     <t>#56 Richard Anderson - LG</t>
   </si>
   <si>
     <t>#65 Mark Sanchez - C</t>
   </si>
   <si>
     <t>#69 John Huffman - RG</t>
   </si>
   <si>
     <t>#64 Tim Rodriguez - RT</t>
   </si>
   <si>
     <t>#77 Andrew Hamner - LDE</t>
   </si>
   <si>
     <t>#58 John Demarco - DT</t>
   </si>
   <si>
     <t>#63 George Foley - DT</t>
   </si>
   <si>
     <t>#52 Edward Hardy - RDE</t>
   </si>
   <si>
-    <t>#1 Jonathan Reynolds - SLB</t>
-[...2 lines deleted...]
-    <t>#94 Phillip Snyder - RDE</t>
+    <t>#1 Jonathan Reynolds - FS</t>
+  </si>
+  <si>
+    <t>#94 Phillip Snyder - MLB</t>
   </si>
   <si>
     <t>#5 Jaffe Joffer - WLB</t>
   </si>
   <si>
     <t>#35 Rex Cruz - CB</t>
   </si>
   <si>
-    <t>#27 Dustin Sherrod - CB</t>
+    <t>#27 Dustin Sherrod - LDE</t>
   </si>
   <si>
     <t>#28 William Cochrane - SS</t>
   </si>
   <si>
-    <t>#2 Luis Daniels - FS</t>
+    <t>#2 Luis Daniels - RDE</t>
   </si>
   <si>
     <t>6:43</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-20-VAN 15 (6:44) 2-Glen Simonson pass complete to 85-John Ho to VAN 19 for 4 yards. Tackle by 5-Jaffe Joffer.</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>VAN 19</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>#49 David Perez - LDE</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>VAN 44</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 44 (6:00) 2-Glen Simonson pass complete to 85-John Ho to GYQ 48 for 9 yards. Tackle by 35-Rex Cruz.</t>
   </si>
   <si>
     <t>#43 Fritz Gurley - RB</t>
   </si>
   <si>
     <t>#23 Gary Jones - RDE</t>
   </si>
   <si>
-    <t>#92 Robert Harmer - MLB</t>
+    <t>#24 Robert Harmer - CB</t>
   </si>
   <si>
     <t>#7 Thomas Lanham - MLB</t>
   </si>
   <si>
     <t>#26 David Owen - CB</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>GYQ 48</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>2-1-GYQ 48 (5:20) 2-Glen Simonson pass complete to 85-John Ho to GYQ 41 for 7 yards. Tackle by 35-Rex Cruz.</t>
   </si>
   <si>
     <t>#19 David Brinkman - WR</t>
   </si>
@@ -2075,112 +2075,112 @@
   </sheetPr>
   <dimension ref="A1:CD141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>