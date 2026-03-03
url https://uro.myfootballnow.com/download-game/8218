--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Paul Altman kicks 72 yards from CHI 35 to ROS -7. Touchback.</t>
   </si>
   <si>
     <t>#18 Neil Scott - WR</t>
   </si>
   <si>
     <t>#54 David Mix - DT</t>
   </si>
   <si>
     <t>#26 Ricardo Telaraño - FS</t>
   </si>
   <si>
     <t>#49 Steven Hatch - SS</t>
   </si>
   <si>
     <t>#48 Juan Antonio Ferreira - WLB</t>
   </si>
   <si>
     <t>#40 Richard Hurst - CB</t>
   </si>
   <si>
-    <t>#90 Justin Pooler - SLB</t>
+    <t>#50 Justin Pooler - SLB</t>
   </si>
   <si>
     <t>#38 Marco Antonio Solis - FS</t>
   </si>
   <si>
     <t>#58 Larry Berry - MLB</t>
   </si>
   <si>
     <t>#97 William Birch - SLB</t>
   </si>
   <si>
     <t>#47 Randall Watts - FS</t>
   </si>
   <si>
     <t>#17 Paul Altman - K</t>
   </si>
   <si>
     <t>ROS</t>
   </si>
   <si>
     <t>ROS 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
@@ -374,93 +374,93 @@
   <si>
     <t>#88 Francis Barney - LG</t>
   </si>
   <si>
     <t>#75 Julio Cesar Baldivieso - C</t>
   </si>
   <si>
     <t>#69 Bill Minnich - RG</t>
   </si>
   <si>
     <t>#60 Lynn Sanchez - RT</t>
   </si>
   <si>
     <t>#95 William Bruck - LDE</t>
   </si>
   <si>
     <t>#93 Abraham Oswald - DT</t>
   </si>
   <si>
     <t>#90 William Howard - DT</t>
   </si>
   <si>
     <t>#94 Billy Callis - RDE</t>
   </si>
   <si>
-    <t>#53 Jeremy Krieger - MLB</t>
+    <t>#53 Jeremy Krieger - WLB</t>
   </si>
   <si>
     <t>#56 Dean Hanes - WLB</t>
   </si>
   <si>
     <t>#20 Vincent Koch - CB</t>
   </si>
   <si>
     <t>#24 David Pope - CB</t>
   </si>
   <si>
     <t>#22 Steve Reynolds - CB</t>
   </si>
   <si>
     <t>#40 Deacon Penn - SS</t>
   </si>
   <si>
     <t>#41 Oliver Andrade - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CHI 23</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CHI 23 (14:14) 10-Jerry Ramirez ran to CHI 23 for a short loss. Tackle by 95-William Bruck.</t>
   </si>
   <si>
     <t>#20 Antonio Friend - FB</t>
   </si>
   <si>
     <t>#25 Paul Navarro - WR</t>
   </si>
   <si>
-    <t>#89 Anthony Salisbury - WR</t>
+    <t>#73 Anthony Salisbury - TE</t>
   </si>
   <si>
     <t>#23 Wendall Reynolds - CB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-CHI 23 (13:31) 3-Robert Simpson pass Pass knocked down by 20-Vincent Koch. incomplete, intended for 84-John Moronta.</t>
   </si>
   <si>
     <t>#51 Jacob Pitts - SLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
@@ -515,60 +515,60 @@
   <si>
     <t>#54 Lyle Kernan - SLB</t>
   </si>
   <si>
     <t>#97 Wilfredo Davies - RDE</t>
   </si>
   <si>
     <t>#66 Steven Jacobson - LG</t>
   </si>
   <si>
     <t>#4 Arlo  Dean - RB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>ROS 35</t>
   </si>
   <si>
     <t>(12:52) 17-Juan Cesar Carpintero kicks 74 yards from ROS 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>#6 John Darnell - RB</t>
   </si>
   <si>
-    <t>#55 John Broadway - MLB</t>
+    <t>#59 John Broadway - MLB</t>
   </si>
   <si>
     <t>#42 Brandon Harper - FS</t>
   </si>
   <si>
     <t>#57 William Ford - MLB</t>
   </si>
   <si>
-    <t>#58 Hudson Crew - WLB</t>
+    <t>#52 Hudson Crew - MLB</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CHI 25 (12:52) 5-Thomas Marston ran to CHI 25 for a short loss. Tackle by 48-Juan Antonio Ferreira.</t>
   </si>
   <si>
     <t>#1 Timothy Powell - QB</t>
   </si>
   <si>
     <t>#5 Thomas Marston - RB</t>
   </si>
   <si>
     <t>#30 James Wright - FB</t>
   </si>
   <si>
     <t>#80 George Cole - TE</t>
   </si>
@@ -716,54 +716,54 @@
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-16-CHI 49 (9:04) 1-Timothy Powell pass complete to 80-George Cole to ROS 44 for 7 yards. Tackle by 40-Richard Hurst. ROS 61-Travis Wyman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>ROS 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-ROS 44 (8:30) 18-Manuel Ebling punts 40 yards to ROS 3.</t>
   </si>
   <si>
     <t>#18 Manuel Ebling - P</t>
   </si>
   <si>
-    <t>#73 Leon Millard - RG</t>
-[...2 lines deleted...]
-    <t>#33 Eric Fitzgerald - RB</t>
+    <t>#53 Leon Millard - RG</t>
+  </si>
+  <si>
+    <t>#33 Eric Fitzgerald - FB</t>
   </si>
   <si>
     <t>#82 Jose Figueroa - TE</t>
   </si>
   <si>
     <t>#70 Peter Milburn - LT</t>
   </si>
   <si>
     <t>#53 Douglas Lane - MLB</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>ROS 3</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-ROS 3 (8:22) 3-Robert Simpson pass complete to 80-Bobby Bryan to ROS 4 for 1 yards. Tackle by 24-David Pope.</t>
   </si>
   <si>
     <t>7:43</t>
   </si>