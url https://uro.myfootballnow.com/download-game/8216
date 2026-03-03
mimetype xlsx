--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -290,63 +290,63 @@
   <si>
     <t>RAJ</t>
   </si>
   <si>
     <t>RAJ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-John Richards kicks 61 yards from RAJ 35 to SHI 4. 85-David Williams to SHI 28 for 24 yards. Tackle by 41-Brian  Dawkins V.</t>
   </si>
   <si>
     <t>#85 David Williams - WR</t>
   </si>
   <si>
     <t>#93 Gregory Hertel - MLB</t>
   </si>
   <si>
     <t>#48 Todd Poole - CB</t>
   </si>
   <si>
-    <t>#38 Gregory Ritter - FS</t>
+    <t>#44 Gregory Ritter - FS</t>
   </si>
   <si>
     <t>#21 Kelly Timothy - CB</t>
   </si>
   <si>
     <t>#39 Sheldon Snead - SS</t>
   </si>
   <si>
     <t>#20 James Letendre - RB</t>
   </si>
   <si>
-    <t>#45 Roscoe Farrell - CB</t>
+    <t>#48 Roscoe Farrell - CB</t>
   </si>
   <si>
     <t>#96 David Valdez - WLB</t>
   </si>
   <si>
     <t>#75 Matthew Simpson - DT</t>
   </si>
   <si>
     <t>#59 Mathew Snelling - WLB</t>
   </si>
   <si>
     <t>#6 John Richards - K</t>
   </si>
   <si>
     <t>SHI</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>SHI 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -368,81 +368,81 @@
   <si>
     <t>#13 Gary Bailey - WR</t>
   </si>
   <si>
     <t>#14 William Thomas - WR</t>
   </si>
   <si>
     <t>#86 Todd Rickey - WR</t>
   </si>
   <si>
     <t>#65 Heriberto Torres - LT</t>
   </si>
   <si>
     <t>#54 Elijah Gilkes - LG</t>
   </si>
   <si>
     <t>#66 Alberto Escobedo - C</t>
   </si>
   <si>
     <t>#56 Leonard Witt - RG</t>
   </si>
   <si>
     <t>#62 Christopher Masterson - RT</t>
   </si>
   <si>
-    <t>#63 Wilbur Spencer - WLB</t>
+    <t>#90 Wilbur Spencer - LDE</t>
   </si>
   <si>
     <t>#65 Billy Sargent - DT</t>
   </si>
   <si>
     <t>#92 Antonio Fulkerson - RDE</t>
   </si>
   <si>
     <t>#98 Gary Strickland - RDE</t>
   </si>
   <si>
     <t>#56 David Hudson - MLB</t>
   </si>
   <si>
     <t>#91 Earl Clatterbuck - WLB</t>
   </si>
   <si>
     <t>#28 Mark Jacobs - SS</t>
   </si>
   <si>
     <t>#46 Adam Fay - CB</t>
   </si>
   <si>
     <t>#39 Jeremy McDermott - CB</t>
   </si>
   <si>
     <t>#26 Benjamin Loco - FS</t>
   </si>
   <si>
-    <t>#41 Brian  Dawkins V - FS</t>
+    <t>#41 Brian  Dawkins V - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>SHI 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SHI 39 (14:19) 46-Gary Scott ran to SHI 39 for a short gain. Tackle by 33-Beezo Ramage.</t>
   </si>
   <si>
     <t>#33 Beezo Ramage - LDE</t>
   </si>
   <si>
     <t>#21 Richard Mitchell - SLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
@@ -479,105 +479,105 @@
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-SHI 43 (13:01) 3-Martin Hardesty punts 48 yards to RAJ 9. 13-Paul Nelson FUMBLES recovered by RAJ-13-Paul Nelson at RAJ 9. Tackle by 39-Sheldon Snead.</t>
   </si>
   <si>
     <t>#3 Martin Hardesty - P</t>
   </si>
   <si>
     <t>#13 Paul Nelson - RB</t>
   </si>
   <si>
     <t>#18 Erik Rhodes - SLB</t>
   </si>
   <si>
     <t>#68 Robert Gwinn - LT</t>
   </si>
   <si>
-    <t>#63 Noah Jacques - LG</t>
-[...2 lines deleted...]
-    <t>#74 Aaron Hayes - RG</t>
+    <t>#79 Noah Jacques - LG</t>
+  </si>
+  <si>
+    <t>#75 Aaron Hayes - RG</t>
   </si>
   <si>
     <t>#58 Michael Schroeder - RT</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>RAJ 9</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-RAJ 9 (12:53) 25-John Lynch ran to RAJ 12 for 4 yards. Tackle by 38-Gregory Ritter.</t>
   </si>
   <si>
     <t>#5 Jose Bautista - QB</t>
   </si>
   <si>
-    <t>#89 Anthony Mack - RB</t>
+    <t>#49 Anthony Mack - RB</t>
   </si>
   <si>
     <t>#25 John Lynch - FB</t>
   </si>
   <si>
     <t>#88 Gerald Haines - TE</t>
   </si>
   <si>
     <t>#84 Earl Paulson - WR</t>
   </si>
   <si>
     <t>#82 David Folkerts - WR</t>
   </si>
   <si>
     <t>#2 David Neely - LT</t>
   </si>
   <si>
     <t>#47 Nicholas Davis - LG</t>
   </si>
   <si>
     <t>#51 Dennis Short - C</t>
   </si>
   <si>
     <t>#79 Fernando Englert - RG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#64 Scott Garcia - LDE</t>
   </si>
   <si>
     <t>#1 Garry Miller - DT</t>
   </si>
   <si>
     <t>#69 Greg Leach - DT</t>
   </si>
   <si>
     <t>#63 Napoleon White - RDE</t>
   </si>
   <si>
     <t>#53 Tony Blakney - SLB</t>
   </si>
   <si>
     <t>#92 David Stell - MLB</t>
   </si>
   <si>
     <t>#49 Keith Smith - SS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>3-2-SHI 40 (8:53) PENALTY - False Start (RAJ 47-Nicholas Davis)</t>
   </si>
   <si>
     <t>#87 Raymond Vaccaro - RB</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>SHI 45</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-7-SHI 45 (8:53) 25-John Lynch ran to SHI 40 for 5 yards. Tackle by 39-Sheldon Snead.</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>4-2-SHI 40 (8:15) 1-Jose Johnson punts 41 yards to SHI -1.4-2-SHI 40 (8:15) 1-Jose Johnson punts 41 yards to SHI -1. Touchback.</t>
   </si>
   <si>
-    <t>#1 Jose Johnson - P</t>
+    <t>#8 Jose Johnson - P</t>
   </si>
   <si>
     <t>#80 Marvin Hill - TE</t>
   </si>
   <si>
     <t>#83 Michael Page - TE</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>SHI 20</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-SHI 20 (8:06) 46-Gary Scott ran to SHI 19 for -1 yards. Tackle by 91-Earl Clatterbuck.</t>
   </si>
   <si>
     <t>#7 Rodney Henry - CB</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-2-RAJ 2 (0:14) 46-Gary Scott ran for 2 yards. TOUCHDOWN! SHI 6 RAJ 0</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(0:12) Extra point GOOD by 10-Lonnie Jones. SHI 7 RAJ 0</t>
   </si>
   <si>
     <t>#10 Lonnie Jones - K</t>
   </si>
   <si>
     <t>#61 Johnny Friese - LT</t>
   </si>
   <si>
-    <t>#3 Shawn Wooton - WLB</t>
+    <t>#52 Shawn Wooton - WLB</t>
   </si>
   <si>
     <t>SHI 35</t>
   </si>
   <si>
     <t>(0:12) 10-Lonnie Jones kicks 74 yards from SHI 35 to RAJ -9. Touchback.</t>
   </si>
   <si>
     <t>RAJ 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-RAJ 25 (0:12) 89-Anthony Mack ran to RAJ 29 for 4 yards. Tackle by 53-Tony Blakney.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>RAJ 29</t>
   </si>