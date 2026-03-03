--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -338,93 +338,93 @@
   <si>
     <t>#9 Paul Groves - K</t>
   </si>
   <si>
     <t>ULA</t>
   </si>
   <si>
     <t>ULA 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-ULA 25 (15:00) 42-James Waugh ran to ULA 26 for 1 yards. Tackle by 52-James Cassette.</t>
   </si>
   <si>
     <t>#8 Luis Blackwell - QB</t>
   </si>
   <si>
     <t>#32 Titus Partin - RB</t>
   </si>
   <si>
-    <t>#84 Chris Gannon - TE</t>
+    <t>#86 Chris Gannon - TE</t>
   </si>
   <si>
     <t>#12 John Gregory - WR</t>
   </si>
   <si>
     <t>#33 James Buhr - RB</t>
   </si>
   <si>
     <t>#72 Fred Jones - LT</t>
   </si>
   <si>
     <t>#61 Scott Coley - LG</t>
   </si>
   <si>
-    <t>#64 Devin Vela - C</t>
+    <t>#64 Devin Vela - LG</t>
   </si>
   <si>
     <t>#63 Charles Law - RG</t>
   </si>
   <si>
     <t>#73 Joe Davis - RT</t>
   </si>
   <si>
     <t>#99 Leon Patton - LDE</t>
   </si>
   <si>
-    <t>#76 Jesse Mauer - DT</t>
+    <t>#55 Jesse Mauer - MLB</t>
   </si>
   <si>
     <t>#77 David Johnson - DT</t>
   </si>
   <si>
     <t>#96 Charles Parker - RDE</t>
   </si>
   <si>
     <t>#59 Kujo Hawkins - SLB</t>
   </si>
   <si>
     <t>#50 Christian Hinkley - MLB</t>
   </si>
   <si>
-    <t>#52 James Cassette - WLB</t>
+    <t>#50 James Cassette - MLB</t>
   </si>
   <si>
     <t>#20 Hector Sandoval - CB</t>
   </si>
   <si>
     <t>#21 Bingo Harris - CB</t>
   </si>
   <si>
     <t>#40 Drederick Tatum Jr. - SS</t>
   </si>
   <si>
     <t>#35 Caleb Quintana - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ULA 26</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
@@ -488,108 +488,108 @@
   <si>
     <t>#34 William Rouse - RB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-ULA 24 (13:34) 4-Robert Barnes punts 45 yards to LGS 31. Fair Catch by 34-Erik Harber.</t>
   </si>
   <si>
     <t>#4 Robert Barnes - P</t>
   </si>
   <si>
     <t>#67 Phil Nickell - LG</t>
   </si>
   <si>
     <t>#34 Erik Harber - RB</t>
   </si>
   <si>
-    <t>#97 John Staples - RDE</t>
-[...2 lines deleted...]
-    <t>#22 Terrance  Swanson - SS</t>
+    <t>#58 John Staples - MLB</t>
+  </si>
+  <si>
+    <t>#22 Terrance  Swanson - CB</t>
   </si>
   <si>
     <t>#7 Lawrence Knowles - RB</t>
   </si>
   <si>
     <t>#26 Steven Long - RB</t>
   </si>
   <si>
     <t>#69 David Quinlan - LG</t>
   </si>
   <si>
     <t>#78 Richard McClendon - LT</t>
   </si>
   <si>
     <t>#92 Edward Yarborough - LDE</t>
   </si>
   <si>
     <t>#91 Clarence Rollins - LDE</t>
   </si>
   <si>
     <t>#98 Eric Macomber - RDE</t>
   </si>
   <si>
-    <t>#56 Paul Kirkland - SLB</t>
+    <t>#56 Paul Kirkland - MLB</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>LGS 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-LGS 31 (13:27) 7-Lawrence Knowles ran to LGS 35 for 4 yards. Tackle by 25-Clayton Rovner.</t>
   </si>
   <si>
     <t>#19 Maxwell Ritter - QB</t>
   </si>
   <si>
     <t>#83 Lewis Taylor - TE</t>
   </si>
   <si>
     <t>#12 Charles Hodge - WR</t>
   </si>
   <si>
     <t>#81 Ronald Knouse - WR</t>
   </si>
   <si>
-    <t>#66 Luther Holmes - LT</t>
+    <t>#52 Luther Holmes - LT</t>
   </si>
   <si>
     <t>#78 Garrett Tanner - LG</t>
   </si>
   <si>
     <t>#51 Kent Heckart - C</t>
   </si>
   <si>
     <t>#70 Leandro Valdez - RG</t>
   </si>
   <si>
     <t>#57 Robert Wright - RT</t>
   </si>
   <si>
     <t>#75 Marco Jansen - LDE</t>
   </si>
   <si>
     <t>#93 Sylvester McCullough - DT</t>
   </si>
   <si>
     <t>#57 Terence Crain - WLB</t>
   </si>
   <si>
     <t>#39 James Moats - CB</t>
   </si>
@@ -2278,51 +2278,51 @@
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">