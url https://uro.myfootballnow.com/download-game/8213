--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -287,147 +287,147 @@
   <si>
     <t>TOY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SFX</t>
   </si>
   <si>
     <t>SFX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Frank Hastings kicks 68 yards from SFX 35 to TOY -3. Touchback.</t>
   </si>
   <si>
     <t>#43 Frank King - RB</t>
   </si>
   <si>
     <t>#30 James Chamberlain - RB</t>
   </si>
   <si>
-    <t>#60 Thomas Schuman - LDE</t>
+    <t>#78 Thomas Schuman - LDE</t>
   </si>
   <si>
     <t>#95 Frederick Fell - MLB</t>
   </si>
   <si>
-    <t>#63 Fabian Drake - DT</t>
+    <t>#56 Fabian Drake - DT</t>
   </si>
   <si>
     <t>#36 Ernest Wright - CB</t>
   </si>
   <si>
     <t>#52 Scott Sanford - DT</t>
   </si>
   <si>
     <t>#2 Lupe Michael - SLB</t>
   </si>
   <si>
     <t>#56 Bryan Walker - WLB</t>
   </si>
   <si>
     <t>#89 Thomas Anderson - TE</t>
   </si>
   <si>
     <t>#48 Mark Mora - SS</t>
   </si>
   <si>
     <t>#14 Frank Hastings - K</t>
   </si>
   <si>
     <t>TOY</t>
   </si>
   <si>
     <t>TOY 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-TOY 25 (15:00) 4-Aaron Spivey ran to TOY 28 for 3 yards. Tackle by 54-D.D. Underwood.</t>
   </si>
   <si>
-    <t>#18 William Talbert - QB</t>
-[...2 lines deleted...]
-    <t>#4 Aaron Spivey - RB</t>
+    <t>#6 William Talbert - QB</t>
+  </si>
+  <si>
+    <t>#47 Aaron Spivey - RB</t>
   </si>
   <si>
     <t>#32 Ruben Williams - FB</t>
   </si>
   <si>
     <t>#88 George Treadwell - TE</t>
   </si>
   <si>
     <t>#84 Micheal Townsend - WR</t>
   </si>
   <si>
     <t>#12 Flash Hayashi - WR</t>
   </si>
   <si>
     <t>#70 Cupun Siqiniq - LT</t>
   </si>
   <si>
     <t>#64 Barry Naber - LG</t>
   </si>
   <si>
-    <t>#61 Ivan Hoffman - C</t>
+    <t>#54 Ivan Hoffman - C</t>
   </si>
   <si>
     <t>#54 Joe Robinson - RG</t>
   </si>
   <si>
     <t>#61 Christopher Swift - RT</t>
   </si>
   <si>
     <t>#99 Felix Hare - LDE</t>
   </si>
   <si>
     <t>#90 Anthony Parker - DT</t>
   </si>
   <si>
     <t>#91 Dirk Diggler - DT</t>
   </si>
   <si>
     <t>#58 Anthony Bruce - RDE</t>
   </si>
   <si>
     <t>#92 Thomas Corchado - SLB</t>
   </si>
   <si>
     <t>#57 Tyrone Wright - MLB</t>
   </si>
   <si>
-    <t>#54 D.D. Underwood - WLB</t>
+    <t>#50 D.D. Underwood - MLB</t>
   </si>
   <si>
     <t>#23 William Williamson - CB</t>
   </si>
   <si>
     <t>#48 Howard Hawthorne - CB</t>
   </si>
   <si>
     <t>#28 Roy Wall - SS</t>
   </si>
   <si>
     <t>#42 Nicolas Savage - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>TOY 28</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -452,96 +452,96 @@
   <si>
     <t>3-7-TOY 28 (13:44) 18-William Talbert pass Pass knocked down by 92-Thomas Corchado. incomplete, intended for 4-Aaron Spivey. Pressure by 58-Anthony Bruce.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-TOY 28 (13:39) 1-Terrance Dyal punts 40 yards to SFX 31. Fair Catch by 40-Damian Hopkins.</t>
   </si>
   <si>
     <t>#1 Terrance Dyal - P</t>
   </si>
   <si>
     <t>#70 Lawrence Rogers - RG</t>
   </si>
   <si>
     <t>#40 Damian Hopkins - RB</t>
   </si>
   <si>
-    <t>#50 Brandon Donovan - WLB</t>
-[...2 lines deleted...]
-    <t>#72 William Moore - RDE</t>
+    <t>#58 Brandon Donovan - WLB</t>
+  </si>
+  <si>
+    <t>#96 William Moore - RDE</t>
   </si>
   <si>
     <t>#29 Scott Alexander - RB</t>
   </si>
   <si>
     <t>#4 Joe Mendes - C</t>
   </si>
   <si>
     <t>#78 John Hain - LT</t>
   </si>
   <si>
     <t>#93 Armando Rutherford - WLB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>SFX 31</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-SFX 31 (13:32) 40-Damian Hopkins ran to SFX 44 for 12 yards. Tackle by 48-Mark Mora.</t>
   </si>
   <si>
     <t>#6 Lawrence Koehler - QB</t>
   </si>
   <si>
     <t>#1 Alfonzo French - FB</t>
   </si>
   <si>
     <t>#88 Napoleon Kirk - TE</t>
   </si>
   <si>
     <t>#82 Dan Paddock - WR</t>
   </si>
   <si>
     <t>#81 Darrell Bourdon - WR</t>
   </si>
   <si>
-    <t>#59 Basil Bennett - LT</t>
+    <t>#59 Basil Bennett - RT</t>
   </si>
   <si>
     <t>#69 Salvatore Williams - LG</t>
   </si>
   <si>
     <t>#60 Terrence Stringfield - C</t>
   </si>
   <si>
     <t>#70 Mickey Fisher - RG</t>
   </si>
   <si>
     <t>#79 Tommy Schreffler - RT</t>
   </si>
   <si>
     <t>#3 David Williams - LDE</t>
   </si>
   <si>
     <t>#53 Darrell Tibbs - DT</t>
   </si>
   <si>
     <t>#91 Justin Miller - RDE</t>
   </si>
   <si>
     <t>#26 James Shirley - CB</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>#55 David Bybee - LT</t>
   </si>
   <si>
     <t>#93 Don Roberge - LDE</t>
   </si>
   <si>
     <t>#94 Emmett Stamey - WLB</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>(6:20) 14-Frank Hastings kicks 71 yards from SFX 35 to TOY -6. Touchback.</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-TOY 25 (6:20) 32-Ruben Williams ran to TOY 35 for 10 yards. Tackle by 28-Roy Wall.</t>
   </si>
   <si>
-    <t>#89 John Favors - WR</t>
+    <t>#81 John Favors - WR</t>
   </si>
   <si>
     <t>#22 Danny Skates - CB</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>2-1-TOY 35 (5:39) 4-Aaron Spivey ran to TOY 38 for 3 yards. Tackle by 42-Nicolas Savage.</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
     <t>TOY 38</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-TOY 38 (5:05) 18-William Talbert pass complete to 88-George Treadwell to SFX 50 for 12 yards. Tackle by 23-William Williamson.</t>
   </si>
@@ -1022,51 +1022,51 @@
   <si>
     <t>TOY 48</t>
   </si>
   <si>
     <t>3-6-TOY 48 (7:34) 6-Lawrence Koehler pass Pass knocked down by 95-Frederick Fell. incomplete, intended for 40-Damian Hopkins.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>4-6-TOY 48 (7:30) 15-Gerald Holliday punts 45 yards to TOY 2.</t>
   </si>
   <si>
     <t>#15 Gerald Holliday - P</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>TOY 2</t>
   </si>
   <si>
     <t>1-10-TOY 2 (7:20) 18-William Talbert pass complete to 4-Aaron Spivey to TOY 11 for 9 yards. Tackle by 48-Howard Hawthorne.</t>
   </si>
   <si>
-    <t>#56 Christopher Butler - MLB</t>
+    <t>#59 Christopher Butler - MLB</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>TOY 11</t>
   </si>
   <si>
     <t>2-1-TOY 11 (6:33) 4-Aaron Spivey ran to TOY 10 for -1 yards. Tackle by 91-Dirk Diggler.</t>
   </si>
   <si>
     <t>5:53</t>
   </si>
   <si>
     <t>TOY 10</t>
   </si>
   <si>
     <t>3-2-TOY 10 (5:52) 4-Aaron Spivey ran to TOY 14 for 4 yards. Tackle by 57-Tyrone Wright.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>TOY 14</t>
   </si>