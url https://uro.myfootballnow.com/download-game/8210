--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 9-Kenneth Green kicks 72 yards from TJN 35 to SJX -7. Touchback.</t>
   </si>
   <si>
     <t>#46 Dominic Keller - RB</t>
   </si>
   <si>
     <t>#25 Aaron White - CB</t>
   </si>
   <si>
     <t>#71 Richard Gary - LDE</t>
   </si>
   <si>
     <t>#52 Raymond Young - WLB</t>
   </si>
   <si>
     <t>#54 George Sharp - LDE</t>
   </si>
   <si>
     <t>#96 Anthony Delk - MLB</t>
   </si>
   <si>
     <t>#60 William Joslin - RDE</t>
   </si>
   <si>
-    <t>#68 Jethro Tull - RDE</t>
+    <t>#71 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#20 James Shirley - CB</t>
   </si>
   <si>
     <t>#21 Xander Rojas - CB</t>
   </si>
   <si>
     <t>#32 Barry Griffin - CB</t>
   </si>
   <si>
     <t>#9 Kenneth Green - K</t>
   </si>
   <si>
     <t>SJX</t>
   </si>
   <si>
     <t>SJX 25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -386,189 +386,189 @@
   <si>
     <t>#62 Adrian Storey - RT</t>
   </si>
   <si>
     <t>#94 Erik Kinsey - LDE</t>
   </si>
   <si>
     <t>#68 Chris Spencer - RDE</t>
   </si>
   <si>
     <t>#76 Walter Davenport - DT</t>
   </si>
   <si>
     <t>#91 George Ward - WLB</t>
   </si>
   <si>
     <t>#75 Billy Sanders - RDE</t>
   </si>
   <si>
     <t>#92 Charles Herrera - SLB</t>
   </si>
   <si>
     <t>#50 Clarence Grunewald - MLB</t>
   </si>
   <si>
-    <t>#53 Vern Ray - WLB</t>
-[...2 lines deleted...]
-    <t>#44 Thomas Najera - CB</t>
+    <t>#98 Vern Ray - WLB</t>
+  </si>
+  <si>
+    <t>#27 Thomas Najera - CB</t>
   </si>
   <si>
     <t>#47 Thad Aegis - CB</t>
   </si>
   <si>
     <t>#38 Terry Driscoll - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>SJX 23</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-12-SJX 23 (14:26) 2-William Anderson pass Pass knocked down by 50-Clarence Grunewald. incomplete, intended for 86-Ian Haggerty.</t>
   </si>
   <si>
     <t>#88 Steven Dunlop - WR</t>
   </si>
   <si>
-    <t>#93 Thomas Smith - DT</t>
-[...2 lines deleted...]
-    <t>#45 Floyd Brown - FS</t>
+    <t>#54 Thomas Smith - MLB</t>
+  </si>
+  <si>
+    <t>#45 Floyd Brown - WLB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-12-SJX 23 (14:23) 2-William Anderson sacked at SJX 14 for -9 yards (94-Erik Kinsey). Sack allowed by 62-Adrian Storey.</t>
   </si>
   <si>
     <t>#80 Michael Brown - WR</t>
   </si>
   <si>
-    <t>#33 David Smith - CB</t>
+    <t>#39 David Smith - FS</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>SJX 14</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-21-SJX 14 (13:46) 16-William Maus punts 44 yards to TJN 41. 42-Terry Rose to TJN 49 for 8 yards. Tackle by 52-Raymond Young.</t>
   </si>
   <si>
     <t>#16 William Maus - P</t>
   </si>
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
   <si>
     <t>#42 Terry Rose - FB</t>
   </si>
   <si>
     <t>#27 William Odle - CB</t>
   </si>
   <si>
-    <t>#83 Stephen Stokes - WR</t>
+    <t>#40 Stephen Stokes - RB</t>
   </si>
   <si>
     <t>#60 Matthew Abdullah - LT</t>
   </si>
   <si>
     <t>#59 Michael Sharp - RG</t>
   </si>
   <si>
-    <t>#73 Tommy Oldfield - LG</t>
-[...2 lines deleted...]
-    <t>#7 Nathan Kelson - CB</t>
+    <t>#73 Tommy Oldfield - LT</t>
+  </si>
+  <si>
+    <t>#7 Nathan Kelson - FS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>TJN 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-TJN 49 (13:38) 15-Elvin Riffle pass Pass knocked down by 20-James Shirley. incomplete, intended for 26-Cedric Jones.</t>
   </si>
   <si>
     <t>#15 Elvin Riffle - QB</t>
   </si>
   <si>
-    <t>#26 Cedric Jones - RB</t>
+    <t>#24 Cedric Jones - RB</t>
   </si>
   <si>
     <t>#22 Wayne Sesco - RB</t>
   </si>
   <si>
-    <t>#85 Jake Wynter - WR</t>
-[...11 lines deleted...]
-    <t>#76 James Hampton - C</t>
+    <t>#30 Jake Wynter - RB</t>
+  </si>
+  <si>
+    <t>#2 Walter Ray - WR</t>
+  </si>
+  <si>
+    <t>#79 John Williams - LT</t>
+  </si>
+  <si>
+    <t>#62 Kenneth Brown - LG</t>
+  </si>
+  <si>
+    <t>#70 James Hampton - LT</t>
   </si>
   <si>
     <t>#64 Bobby Johnson - RG</t>
   </si>
   <si>
-    <t>#70 Oscar Richards - RT</t>
+    <t>#74 Oscar Richards - RT</t>
   </si>
   <si>
     <t>#56 Jeffrey Bock - DT</t>
   </si>
   <si>
     <t>#65 Carlos Brooks - DT</t>
   </si>
   <si>
     <t>#34 Brock Kerr - CB</t>
   </si>
   <si>
     <t>#37 Murray Bugg - SS</t>
   </si>
   <si>
     <t>#22 Armand Grigsby - FS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>#94 Michael Thomas - SLB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-10-TJN 49 (13:30) 15-Elvin Riffle pass incomplete, dropped by 42-Terry Rose.</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>4-10-TJN 49 (13:28) 1-Robert Messing punts 54 yards to SJX -3.4-10-TJN 49 (13:28) 1-Robert Messing punts 54 yards to SJX -3. Touchback.</t>
   </si>
   <si>
     <t>#1 Robert Messing - P</t>
   </si>
   <si>
-    <t>#66 Donald Bernal - LT</t>
+    <t>#66 Donald Bernal - RT</t>
   </si>
   <si>
     <t>#88 Thomas Kane - TE</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>SJX 20</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SJX 20 (13:20) 2-William Anderson pass complete to 11-George Moss to SJX 27 for 7 yards. Tackle by 44-Thomas Najera. PENALTY - Pass Interference (TJN 44-Thomas Najera)</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
   <si>
     <t>SJX 27</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
@@ -737,93 +737,93 @@
   <si>
     <t>3-8-TJN 26 (8:44) 2-William Anderson pass complete to 86-Ian Haggerty to TJN 13 for 12 yards. Tackle by 92-Charles Herrera.</t>
   </si>
   <si>
     <t>#28 Lucas Frick - RB</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>TJN 13</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TJN 13 (8:04) 42-Raymond Smith ran to TJN 14 for -1 yards. Tackle by 75-Billy Sanders.</t>
   </si>
   <si>
     <t>#17 Samuel Olson - WR</t>
   </si>
   <si>
-    <t>#32 Ernest Roache - SS</t>
+    <t>#46 Ernest Roache - SS</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>TJN 14</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-11-TJN 14 (7:31) 42-Raymond Smith ran to TJN 12 for 2 yards. Tackle by 50-Clarence Grunewald.</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>TJN 12</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>3-8-TJN 12 (6:57) 2-William Anderson pass Pass knocked down by 47-Thad Aegis. incomplete, intended for 11-George Moss.</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-TJN 12 (6:53) 15-Richard Reynolds 29 yard field goal is GOOD. TJN 0 SJX 3</t>
   </si>
   <si>
-    <t>#15 Richard Reynolds - K</t>
+    <t>#2 Richard Reynolds - K</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>SJX 35</t>
   </si>
   <si>
     <t>(6:51) 15-Richard Reynolds kicks 74 yards from SJX 35 to TJN -9. Touchback.</t>
   </si>
   <si>
     <t>TJN 25</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-TJN 25 (6:51) 15-Elvin Riffle pass complete to 87-Patrick Hammock to TJN 33 for 8 yards. Tackle by 94-Michael Thomas. Pressure by 54-George Sharp.</t>
   </si>
   <si>
     <t>#51 Houston Cruise - MLB</t>
   </si>
   <si>
     <t>6:11</t>
   </si>
@@ -2296,62 +2296,62 @@
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>