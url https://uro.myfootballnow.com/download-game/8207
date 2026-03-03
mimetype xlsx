--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -341,75 +341,75 @@
   <si>
     <t>BZV</t>
   </si>
   <si>
     <t>BZV 25</t>
   </si>
   <si>
     <t>I Formation Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-BZV 25 (15:00) 27-George Burnam ran to BZV 29 for 4 yards. Tackle by 56-David Hudson.</t>
   </si>
   <si>
     <t>#19 William Nations - QB</t>
   </si>
   <si>
     <t>#27 George Burnam - RB</t>
   </si>
   <si>
     <t>#45 Travis McClusky - FB</t>
   </si>
   <si>
-    <t>#87 Robert Jennings - TE</t>
+    <t>#85 Robert Jennings - TE</t>
   </si>
   <si>
     <t>#89 Mark Sickels - TE</t>
   </si>
   <si>
     <t>#31 Ronald Little - WR</t>
   </si>
   <si>
     <t>#75 Edward Jones - LT</t>
   </si>
   <si>
     <t>#50 Brian Farnsworth - LG</t>
   </si>
   <si>
     <t>#69 Larry Lopez - C</t>
   </si>
   <si>
     <t>#71 David Long - RG</t>
   </si>
   <si>
     <t>#72 Willie Sadler - RT</t>
   </si>
   <si>
-    <t>#63 Wilbur Spencer - WLB</t>
+    <t>#90 Wilbur Spencer - LDE</t>
   </si>
   <si>
     <t>#33 Beezo Ramage - LDE</t>
   </si>
   <si>
     <t>#65 Billy Sargent - DT</t>
   </si>
   <si>
     <t>#92 Antonio Fulkerson - RDE</t>
   </si>
   <si>
     <t>#98 Gary Strickland - RDE</t>
   </si>
   <si>
     <t>#21 Richard Mitchell - SLB</t>
   </si>
   <si>
     <t>#56 David Hudson - MLB</t>
   </si>
   <si>
     <t>#91 Earl Clatterbuck - WLB</t>
   </si>
   <si>
     <t>#28 Mark Jacobs - SS</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-6-BZV 29 (14:20) 27-George Burnam ran to BZV 34 for 5 yards. Tackle by 56-David Hudson.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>BZV 34</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-1-BZV 34 (13:41) 27-George Burnam ran to BZV 39 for 5 yards. Tackle by 28-Mark Jacobs.</t>
   </si>
   <si>
     <t>#87 Matthew Silva - WR</t>
   </si>
   <si>
-    <t>#41 Brian  Dawkins V - FS</t>
+    <t>#41 Brian  Dawkins V - CB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>BZV 39</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-BZV 39 (12:55) 19-William Nations pass Pass knocked down by 46-Adam Fay. incomplete, intended for 87-Robert Jennings. RAJ 63-Wilbur Spencer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-BZV 39 (12:52) 19-William Nations pass complete to 27-George Burnam to BZV 43 for 4 yards. Tackle by 21-Richard Mitchell.</t>
   </si>
@@ -560,75 +560,75 @@
   <si>
     <t>#13 Paul Nelson - RB</t>
   </si>
   <si>
     <t>#18 Erik Rhodes - SLB</t>
   </si>
   <si>
     <t>#61 Melvin Arnold - LT</t>
   </si>
   <si>
     <t>#51 Paul Schwandt - RG</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>RAJ 20</t>
   </si>
   <si>
     <t>1-10-RAJ 20 (9:56) 89-Anthony Mack ran to RAJ 21 for 1 yards. Tackle by 97-Todd Smith.</t>
   </si>
   <si>
     <t>#5 Jose Bautista - QB</t>
   </si>
   <si>
-    <t>#89 Anthony Mack - RB</t>
+    <t>#49 Anthony Mack - RB</t>
   </si>
   <si>
     <t>#25 John Lynch - FB</t>
   </si>
   <si>
     <t>#88 Gerald Haines - TE</t>
   </si>
   <si>
     <t>#81 Anthony Messersmith - TE</t>
   </si>
   <si>
     <t>#2 David Neely - LT</t>
   </si>
   <si>
     <t>#47 Nicholas Davis - LG</t>
   </si>
   <si>
     <t>#75 Jerry Nguyen - C</t>
   </si>
   <si>
     <t>#79 Fernando Englert - RG</t>
   </si>
   <si>
-    <t>#76 Alvin Morales - RT</t>
+    <t>#73 Alvin Morales - RT</t>
   </si>
   <si>
     <t>#97 Todd Smith - SLB</t>
   </si>
   <si>
     <t>#95 Michael Anderson - MLB</t>
   </si>
   <si>
     <t>#30 Ronald Brown - CB</t>
   </si>
   <si>
     <t>#32 Ralph Havens - SS</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>RAJ 21</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-9-RAJ 21 (9:18) 89-Anthony Mack ran to RAJ 24 for 3 yards. Tackle by 32-Ralph Havens.</t>
   </si>
@@ -854,60 +854,60 @@
   <si>
     <t>RAJ 19</t>
   </si>
   <si>
     <t>2-1-RAJ 19 (2:38) 35-Trevor Parker ran to RAJ 22 for -2 yards. Tackle by 98-Gary Strickland. 75-Edward Jones was completely beat on that play.</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>RAJ 22</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-3-RAJ 22 (2:00) 27-George Burnam ran to RAJ 21 for 1 yards. Tackle by 65-Billy Sargent.</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>4-2-RAJ 21 (1:21) 7-Norberto Moore 39 yard field goal is GOOD. RAJ 7 BZV 3</t>
   </si>
   <si>
-    <t>#8 Robert Dupuy - QB</t>
+    <t>#8 Robert Dupuy - RB</t>
   </si>
   <si>
     <t>#7 Norberto Moore - K</t>
   </si>
   <si>
     <t>#73 Carlos Guin - RT</t>
   </si>
   <si>
-    <t>#3 Shawn Wooton - WLB</t>
+    <t>#52 Shawn Wooton - WLB</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>BZV 35</t>
   </si>
   <si>
     <t>(1:18) 7-Norberto Moore kicks 71 yards from BZV 35 to RAJ -6. Touchback.</t>
   </si>
   <si>
     <t>RAJ 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-RAJ 25 (1:18) 89-Anthony Mack ran to RAJ 26 for 1 yards. Tackle by 33-Michael Hendry.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
@@ -1100,51 +1100,51 @@
   <si>
     <t>RAJ 27</t>
   </si>
   <si>
     <t>2-9-RAJ 27 (5:38) 89-Anthony Mack ran to RAJ 25 for -2 yards. Tackle by 55-Felipe Candelaria.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>Timeout RAJ</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>3-11-RAJ 25 (5:11) 5-Jose Bautista pass complete to 89-Anthony Mack to RAJ 27 for 2 yards. Tackle by 97-Todd Smith.</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>4-9-RAJ 27 (4:32) 1-Jose Johnson punts 47 yards to BZV 26. Fair Catch by 35-Trevor Parker.</t>
   </si>
   <si>
-    <t>#1 Jose Johnson - P</t>
+    <t>#8 Jose Johnson - P</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-BZV 26 (4:26) 19-William Nations pass complete to 87-Matthew Silva to RAJ 43 for 31 yards. Tackle by 46-Adam Fay.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>1-10-RAJ 43 (3:50) 19-William Nations pass complete to 87-Robert Jennings to RAJ 26 for 18 yards. Tackle by 56-David Hudson.</t>
   </si>
   <si>
     <t>3:12</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-RAJ 26 (3:11) 19-William Nations pass complete to 31-Ronald Little to RAJ 21 for 5 yards. Tackle by 39-Jeremy McDermott.</t>
   </si>
@@ -2122,51 +2122,51 @@
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">