--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 4-James Oviedo kicks 74 yards from BRS 35 to JAK -9. Touchback.</t>
   </si>
   <si>
     <t>#15 Keith Morgan - WR</t>
   </si>
   <si>
     <t>#64 Martin Joseph - RDE</t>
   </si>
   <si>
     <t>#37 Devon Hill - SS</t>
   </si>
   <si>
     <t>#4 William Ward - MLB</t>
   </si>
   <si>
     <t>#97 Brian Rice - RDE</t>
   </si>
   <si>
     <t>#20 Rolando Wood - CB</t>
   </si>
   <si>
     <t>#55 Walter Smith - WLB</t>
   </si>
   <si>
-    <t>#53 Brock Bennett - SLB</t>
+    <t>#98 Brock Bennett - SLB</t>
   </si>
   <si>
     <t>#32 Joseph Major - CB</t>
   </si>
   <si>
     <t>#93 Jack Scott - LDE</t>
   </si>
   <si>
     <t>#26 Alberto Kelley - CB</t>
   </si>
   <si>
     <t>#4 James Oviedo - K</t>
   </si>
   <si>
     <t>JAK</t>
   </si>
   <si>
     <t>JAK 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
@@ -359,72 +359,72 @@
   <si>
     <t>#48 Andrew Wallace - RB</t>
   </si>
   <si>
     <t>#45 Jamar Rhodes - FB</t>
   </si>
   <si>
     <t>#83 Mark Cunningham - TE</t>
   </si>
   <si>
     <t>#18 Charles Rockett - WR</t>
   </si>
   <si>
     <t>#85 Edward Maldonado - WR</t>
   </si>
   <si>
     <t>#74 Dennis Borquez - LT</t>
   </si>
   <si>
     <t>#76 Nathan Pearson - LG</t>
   </si>
   <si>
     <t>#56 Desmond Brundage - C</t>
   </si>
   <si>
-    <t>#78 John Webb - RG</t>
+    <t>#67 John Webb - LG</t>
   </si>
   <si>
     <t>#71 Barry White - RT</t>
   </si>
   <si>
     <t>#91 Perry Carey - LDE</t>
   </si>
   <si>
     <t>#98 Rufus Carnes - DT</t>
   </si>
   <si>
     <t>#90 Leslie Merryman - DT</t>
   </si>
   <si>
     <t>#51 Edward Stanton - RDE</t>
   </si>
   <si>
     <t>#5 Todd Smith - SLB</t>
   </si>
   <si>
-    <t>#45 James Griffith - MLB</t>
+    <t>#90 James Griffith - MLB</t>
   </si>
   <si>
     <t>#55 Shawn Baker - WLB</t>
   </si>
   <si>
     <t>#28 Donovan Lundy - CB</t>
   </si>
   <si>
     <t>#30 Duane Doman - CB</t>
   </si>
   <si>
     <t>#43 Kyle Tierney - SS</t>
   </si>
   <si>
     <t>#52 Anthony Riley - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>JAK 26</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>#82 Joshua Katzman - WR</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>JAK 49</t>
   </si>
   <si>
     <t>1-10-JAK 49 (12:03) 3-John Marie pass complete to 26-William Blume to JAK 39 for 10 yards. Tackle by 55-Walter Smith. 26-William Blume did some fancy footwork there.</t>
   </si>
   <si>
     <t>#26 William Blume - RB</t>
   </si>
   <si>
     <t>#16 Robert Lackey - WR</t>
   </si>
   <si>
     <t>#11 Joseph Smith - WR</t>
   </si>
   <si>
     <t>#53 Javier Davis - MLB</t>
   </si>
   <si>
-    <t>#44 Joseph Miner - CB</t>
+    <t>#21 Joseph Miner - CB</t>
   </si>
   <si>
     <t>#30 Thomas Corea - CB</t>
   </si>
   <si>
     <t>#36 Lowell Ferris - SS</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>JAK 39</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-JAK 39 (11:19) 3-John Marie pass complete to 34-Lance Robinson to JAK 29 for 10 yards. Tackle by 94-Dan Fujita.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>JAK 29</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>JAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:29) Extra point GOOD by 4-James Oviedo. BRS 7 JAK 0</t>
   </si>
   <si>
     <t>#11 Stephen Holland - QB</t>
   </si>
   <si>
     <t>#67 Joseph Trujillo - LG</t>
   </si>
   <si>
     <t>#76 Alan Miller - RG</t>
   </si>
   <si>
     <t>#77 Benjamin Parker - C</t>
   </si>
   <si>
-    <t>#74 Brian Bayne - LT</t>
+    <t>#66 Brian Bayne - LT</t>
   </si>
   <si>
     <t>(10:29) 4-James Oviedo kicks 75 yards from BRS 35 to JAK -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-JAK 25 (10:29) 7-Pistol Peterson pass Pass knocked down by 55-Shawn Baker. incomplete, intended for 48-Andrew Wallace.</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>2-10-JAK 25 (10:26) 7-Pistol Peterson pass complete to 18-Charles Rockett to JAK 30 for 5 yards. Tackle by 28-Donovan Lundy. BRS 91-Perry Carey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>JAK 30</t>
   </si>
@@ -1022,51 +1022,51 @@
   <si>
     <t>3-13-BRS 49 (13:49) 7-Pistol Peterson pass complete to 15-Keith Morgan to BRS 36 for 14 yards. Tackle by 52-Anthony Riley.</t>
   </si>
   <si>
     <t>13:09</t>
   </si>
   <si>
     <t>BRS 36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-BRS 36 (13:08) 7-Pistol Peterson pass Pass knocked down by 28-Donovan Lundy. incomplete, intended for 48-Andrew Wallace.</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-10-BRS 36 (13:06) 48-Andrew Wallace ran to BRS 27 for 9 yards. Tackle by 43-Kyle Tierney.</t>
   </si>
   <si>
-    <t>#32 Kurtis Gengler - FB</t>
+    <t>#34 Kurtis Gengler - FB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>BRS 27</t>
   </si>
   <si>
     <t>3-1-BRS 27 (12:24) 7-Pistol Peterson pass complete to 28-David Anderson to BRS 14 for 13 yards. Tackle by 45-James Griffith.</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>BRS 14</t>
   </si>
   <si>
     <t>1-10-BRS 14 (11:46) 7-Pistol Peterson pass complete to 15-Keith Morgan to BRS 11 for 3 yards. Tackle by 40-Matthew Cousins.</t>
   </si>
   <si>
     <t>#6 Peter Koger - SS</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
@@ -1565,51 +1565,51 @@
   <si>
     <t>(0:10) 4-James Oviedo kicks 75 yards from BRS 35 to JAK -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-JAK 25 (0:10) 7-Pistol Peterson pass complete to 28-David Anderson to JAK 22 for -3 yards. Tackle by 28-Donovan Lundy.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>JAK 22</t>
   </si>
   <si>
     <t>2-13-JAK 22 (15:00) 7-Pistol Peterson pass complete to 85-Edward Maldonado to BRS 23 for 55 yards. Tackle by 30-Duane Doman. 85-Edward Maldonado breaks down the CB.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>1-10-BRS 23 (14:15) PENALTY - False Start (JAK 7-Pistol Peterson)</t>
   </si>
   <si>
-    <t>#85 Richard Baxter - WR</t>
+    <t>#82 Richard Baxter - WR</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>1-15-BRS 28 (14:15) 7-Pistol Peterson pass Pass knocked down by 28-Donovan Lundy. incomplete, intended for 18-Charles Rockett.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>2-15-BRS 28 (14:11) 28-David Anderson ran to BRS 20 for 8 yards. Tackle by 40-Matthew Cousins.</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>BRS 20</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>3-7-BRS 20 (13:27) 7-Pistol Peterson pass Pass knocked down by 55-Shawn Baker. incomplete, intended for 28-David Anderson.</t>
   </si>