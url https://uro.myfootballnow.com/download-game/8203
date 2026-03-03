--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LIS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>QUE</t>
   </si>
   <si>
     <t>QUE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Victor Henkel kicks 74 yards from QUE 35 to LIS -9. Touchback.</t>
   </si>
   <si>
     <t>#28 John Hunter - RB</t>
   </si>
   <si>
-    <t>#99 William Sullivan - MLB</t>
+    <t>#56 William Sullivan - WLB</t>
   </si>
   <si>
     <t>#45 Russell Hernandez - SS</t>
   </si>
   <si>
     <t>#90 John Bandy - SLB</t>
   </si>
   <si>
     <t>#4 Turbo Mendez - RB</t>
   </si>
   <si>
     <t>#25 Jesse Williams - CB</t>
   </si>
   <si>
     <t>#31 Joseph Tracy - FS</t>
   </si>
   <si>
     <t>#94 Gilbert Jones - RDE</t>
   </si>
   <si>
     <t>#67 Albert Hinds - DT</t>
   </si>
   <si>
     <t>#93 Michael Daley - WLB</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>LIS 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-LIS 31 (12:59) 19-Francis Dragon punts 47 yards to QUE 22. Fair Catch by 24-Michael Perez.</t>
   </si>
   <si>
     <t>#19 Francis Dragon - P</t>
   </si>
   <si>
     <t>#24 Michael Perez - RB</t>
   </si>
   <si>
     <t>#43 Jeremy Bryant - FS</t>
   </si>
   <si>
-    <t>#59 Kevin Flory - LT</t>
+    <t>#74 Kevin Flory - RG</t>
   </si>
   <si>
     <t>#44 Jonah Lee - FB</t>
   </si>
   <si>
     <t>#54 Roy Gouveia - SLB</t>
   </si>
   <si>
     <t>#51 Jacques Cartier - MLB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>QUE 22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-QUE 22 (12:53) 24-Michael Perez ran to QUE 22 for a short gain. Tackle by 46-Russel Soto.</t>
   </si>
@@ -1439,51 +1439,51 @@
   <si>
     <t>QUE 14</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-2-QUE 14 (5:12) 4-Turbo Mendez ran to QUE 5 for 9 yards. Tackle by 21-Fred Singh.</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>QUE 5</t>
   </si>
   <si>
     <t>1-5-QUE 5 (4:33) 4-Turbo Mendez ran to QUE 3 for 2 yards. Tackle by 39-Robert Attwood. PENALTY - Offsides (QUE 70-John Morrow) PENALTY - Holding (LIS 69-Brian Green) - Penalties offset, replay down.</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>1-5-QUE 5 (4:31) 22-Joe Eastwood ran to QUE 1 for 4 yards. Tackle by 91-Samuel Morgan.</t>
   </si>
   <si>
-    <t>#66 Johnny Gautreaux - RT</t>
+    <t>#70 Johnny Gautreaux - RT</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>QUE 1</t>
   </si>
   <si>
     <t>2-1-QUE 1 (3:57) 16-Lester Davis pass complete to 4-Turbo Mendez for 1 yards. TOUCHDOWN! PENALTY - Holding (LIS 80-Paul Acevedo)</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>2-11-QUE 11 (3:53) 22-Joe Eastwood ran to QUE 10 for 1 yards. Tackle by 91-Samuel Morgan.</t>
   </si>
   <si>
     <t>3:18</t>
   </si>
   <si>
     <t>QUE 10</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>