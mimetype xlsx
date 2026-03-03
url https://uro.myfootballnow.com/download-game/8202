--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -287,219 +287,219 @@
   <si>
     <t>PRA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SKT</t>
   </si>
   <si>
     <t>SKT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Jacob Hernandez kicks 75 yards from SKT 35 to PRA -10. Touchback.</t>
   </si>
   <si>
     <t>#17 Donald Moore - WR</t>
   </si>
   <si>
     <t>#41 Michael Bullis - FS</t>
   </si>
   <si>
-    <t>#90 Michael Vaughn - SLB</t>
+    <t>#51 Michael Vaughn - WLB</t>
   </si>
   <si>
     <t>#33 James Reiter - SS</t>
   </si>
   <si>
-    <t>#20 Christopher Darwin - CB</t>
+    <t>#24 Christopher Darwin - CB</t>
   </si>
   <si>
     <t>#29 Wally Valcheko - CB</t>
   </si>
   <si>
     <t>#36 Brian Marsh - WLB</t>
   </si>
   <si>
     <t>#53 Phillip Brown - MLB</t>
   </si>
   <si>
     <t>#56 Anthony Chan - SLB</t>
   </si>
   <si>
-    <t>#55 Steven Lopez - WLB</t>
+    <t>#99 Steven Lopez - WLB</t>
   </si>
   <si>
     <t>#32 Jamie Jones - SS</t>
   </si>
   <si>
     <t>#7 Jacob Hernandez - K</t>
   </si>
   <si>
     <t>PRA</t>
   </si>
   <si>
     <t>PRA 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-PRA 25 (15:00) 12-Gordon Rosa pass complete to 86-Robert Polk to PRA 27 for 2 yards. Tackle by 26-Joseph Hall.</t>
   </si>
   <si>
     <t>#12 Gordon Rosa - QB</t>
   </si>
   <si>
     <t>#35 Dennis Johnson - RB</t>
   </si>
   <si>
     <t>#31 David Wynn - RB</t>
   </si>
   <si>
     <t>#37 Brian Almanza - FB</t>
   </si>
   <si>
     <t>#86 Robert Polk - TE</t>
   </si>
   <si>
     <t>#85 Barry Wulf - TE</t>
   </si>
   <si>
     <t>#79 Johnny Shafer - LT</t>
   </si>
   <si>
-    <t>#4 Kevin Thompson - LG</t>
+    <t>#61 Kevin Thompson - LG</t>
   </si>
   <si>
     <t>#74 Gary Johnson - C</t>
   </si>
   <si>
     <t>#70 David Romo - RG</t>
   </si>
   <si>
-    <t>#54 Donnie Hairston - RT</t>
+    <t>#75 Donnie Hairston - RT</t>
   </si>
   <si>
     <t>#91 Troy Davis - LDE</t>
   </si>
   <si>
-    <t>#59 Edwin Morris - LDE</t>
+    <t>#67 Edwin Morris - LDE</t>
   </si>
   <si>
     <t>#76 Joseph Wooldridge - DT</t>
   </si>
   <si>
     <t>#99 Paul Thompson - DT</t>
   </si>
   <si>
     <t>#94 John Greene - RDE</t>
   </si>
   <si>
     <t>#93 Patrick Gomez - SLB</t>
   </si>
   <si>
     <t>#94 Wallace Easley - MLB</t>
   </si>
   <si>
     <t>#96 Joseph Yee - WLB</t>
   </si>
   <si>
     <t>#26 Joseph Hall - CB</t>
   </si>
   <si>
     <t>#21 Scott Hawks - CB</t>
   </si>
   <si>
     <t>#45 Earl Simmons - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>PRA 27</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-8-PRA 27 (14:16) 35-Dennis Johnson ran to PRA 33 for 6 yards. Tackle by 93-Patrick Gomez.</t>
   </si>
   <si>
     <t>#19 James Ledesma - WR</t>
   </si>
   <si>
-    <t>#20 Joseph Cano - FS</t>
+    <t>#20 Joseph Cano - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>PRA 33</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-2-PRA 33 (13:29) 35-Dennis Johnson ran to PRA 32 for -1 yards. Tackle by 96-Joseph Yee.</t>
   </si>
   <si>
-    <t>#80 Luther Moreno - WR</t>
+    <t>#16 Luther Moreno - WR</t>
   </si>
   <si>
     <t>#49 Joseph Rooney - CB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>PRA 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-PRA 32 (12:52) 4-Marc Pedigo punts 42 yards to SKT 27. Fair Catch by 84-Jay  Swagger.</t>
   </si>
   <si>
-    <t>#4 Marc Pedigo - P</t>
+    <t>#13 Marc Pedigo - P</t>
   </si>
   <si>
     <t>#63 James Chavez - C</t>
   </si>
   <si>
     <t>#84 Jay  Swagger - WR</t>
   </si>
   <si>
     <t>#31 Harrison Macdonald - FS</t>
   </si>
   <si>
     <t>#41 John Barker - SS</t>
   </si>
   <si>
     <t>#70 Jason Voorhees - RDE</t>
   </si>
   <si>
     <t>#67 Travis Talley - RG</t>
   </si>
   <si>
     <t>#78 Jeffrey Estes - LT</t>
   </si>
   <si>
     <t>#94 Mendoza Sambito - CB</t>
   </si>
@@ -512,63 +512,63 @@
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-SKT 27 (12:46) 19-Colt Waverly pass complete to 84-Jay  Swagger to PRA 21 for 53 yards. Tackle by 33-James Reiter.</t>
   </si>
   <si>
     <t>#19 Colt Waverly - QB</t>
   </si>
   <si>
     <t>#17 Dan Cournoyer - RB</t>
   </si>
   <si>
     <t>#82 David Page - TE</t>
   </si>
   <si>
     <t>#80 Duane Gelinas - WR</t>
   </si>
   <si>
     <t>#16 Clarence Johnson - WR</t>
   </si>
   <si>
-    <t>#69 Noel Douglass - LT</t>
+    <t>#69 Noel Douglass - RT</t>
   </si>
   <si>
     <t>#68 James Shelor - LG</t>
   </si>
   <si>
     <t>#64 Brian Hocker - C</t>
   </si>
   <si>
     <t>#56 John Kitchen - C</t>
   </si>
   <si>
-    <t>#64 Mark Elliott - RT</t>
+    <t>#57 Mark Elliott - RT</t>
   </si>
   <si>
     <t>#93 Kent Brockman - LDE</t>
   </si>
   <si>
     <t>#57 Alan Fair - DT</t>
   </si>
   <si>
     <t>#76 Albert Herbert - DT</t>
   </si>
   <si>
     <t>#40 Thomas Keene - RDE</t>
   </si>
   <si>
     <t>#44 Gerald Griffin - CB</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>PRA 21</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>#3 Paul McCue - P</t>
   </si>
   <si>
     <t>#63 Henry Thai - C</t>
   </si>
   <si>
     <t>#72 Jonathan Matthews - LT</t>
   </si>
   <si>
     <t>#55 Robert Britten - RG</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>PRA 12</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-PRA 12 (4:08) 35-Dennis Johnson ran to PRA 14 for 2 yards. Tackle by 45-Earl Simmons.</t>
   </si>
   <si>
-    <t>#37 Nkosi Tunzi - CB</t>
+    <t>#23 Nkosi Tunzi - CB</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>PRA 14</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-8-PRA 14 (3:34) 35-Dennis Johnson ran to PRA 19 for 5 yards. Tackle by 94-Wallace Easley.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>PRA 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>3-3-PRA 19 (2:53) 35-Dennis Johnson ran to PRA 19 for -1 yards. Tackle by 94-Wallace Easley.</t>
   </si>
@@ -1025,51 +1025,51 @@
   <si>
     <t>SKT 6</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-6-SKT 6 (7:33) 12-Gordon Rosa pass complete to 86-Robert Polk to SKT 0 for 6 yards. TOUCHDOWN! PRA 6 SKT 0</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>SKT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:30) Extra point GOOD by 5-Michael Smith. PRA 7 SKT 0</t>
   </si>
   <si>
-    <t>#6 Christopher Buser - QB</t>
+    <t>#16 Christopher Buser - QB</t>
   </si>
   <si>
     <t>#5 Michael Smith - K</t>
   </si>
   <si>
     <t>#89 Michael Canon - TE</t>
   </si>
   <si>
     <t>#65 Scott Campbell - DT</t>
   </si>
   <si>
     <t>PRA 35</t>
   </si>
   <si>
     <t>(7:30) 5-Michael Smith kicks 71 yards from PRA 35 to SKT -6. Touchback.</t>
   </si>
   <si>
     <t>SKT 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-SKT 25 (7:30) 32-Johnnie Mudd ran to SKT 23 for -2 yards. Tackle by 53-Phillip Brown.</t>
   </si>
@@ -1088,51 +1088,51 @@
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SKT 38 (6:00) 19-Colt Waverly pass complete to 84-Jay  Swagger to PRA 23 for 40 yards. Tackle by 29-Wally Valcheko.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>PRA 23</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PRA 23 (5:11) 17-Dan Cournoyer ran to PRA 26 for -3 yards. Tackle by 41-Dennis Myles.</t>
   </si>
   <si>
-    <t>#97 John Jackson - WLB</t>
+    <t>#52 John Jackson - SLB</t>
   </si>
   <si>
     <t>#41 Dennis Myles - CB</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>PRA 26</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>2-13-PRA 26 (4:30) 17-Dan Cournoyer ran to PRA 25 for a short gain. Tackle by 76-Albert Herbert.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
@@ -2261,73 +2261,73 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="237.085" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>