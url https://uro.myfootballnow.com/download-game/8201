--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -305,51 +305,51 @@
   <si>
     <t>#38 Gerald Windsor - FB</t>
   </si>
   <si>
     <t>#40 Michael Miller - FS</t>
   </si>
   <si>
     <t>#53 James Evans - WLB</t>
   </si>
   <si>
     <t>#44 James Washington - FS</t>
   </si>
   <si>
     <t>#22 Marvin Smith - CB</t>
   </si>
   <si>
     <t>#99 Amun Neper - RDE</t>
   </si>
   <si>
     <t>#25 Charles Mack - CB</t>
   </si>
   <si>
     <t>#50 Victor Hernandez - SLB</t>
   </si>
   <si>
-    <t>#51 Glen Lerman - MLB</t>
+    <t>#59 Glen Lerman - MLB</t>
   </si>
   <si>
     <t>#52 Christian Robison - WLB</t>
   </si>
   <si>
     <t>#96 Daniel Gimbel - LDE</t>
   </si>
   <si>
     <t>#5 Clint Temple - K</t>
   </si>
   <si>
     <t>CRO</t>
   </si>
   <si>
     <t>CRO 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-CRO 25 (15:00) 32-James Kliebert ran to CRO 31 for 6 yards. Tackle by 42-Neil Milner.</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>JOH 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:58) Extra point GOOD by 3-Stephen Miller. CRO 7 JOH 0</t>
   </si>
   <si>
     <t>#3 Stephen Miller - K</t>
   </si>
   <si>
     <t>#54 Willis Fisher - SLB</t>
   </si>
   <si>
     <t>CRO 35</t>
   </si>
   <si>
     <t>(5:58) 3-Stephen Miller kicks 74 yards from CRO 35 to JOH -9. 3-Calvin Hill to JOH 28 for 37 yards. Tackle by 3-Stephen Miller.</t>
   </si>
   <si>
-    <t>#86 David Minjares - WR</t>
+    <t>#83 David Minjares - WR</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>JOH 28</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-JOH 28 (5:52) 14-Donald Philips ran to JOH 29 for 1 yards. Tackle by 97-Evan Napier. 72-Richard Lane totally missed that block.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>JOH 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-9-JOH 29 (5:15) 3-Calvin Hill ran to JOH 33 for 4 yards. Tackle by 56-Clive Farnsworth.</t>
   </si>