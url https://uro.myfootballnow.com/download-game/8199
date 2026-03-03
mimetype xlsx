--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -314,114 +314,114 @@
   <si>
     <t>#95 Stuart Renfroe - WLB</t>
   </si>
   <si>
     <t>#92 Randall Murphy - LDE</t>
   </si>
   <si>
     <t>#9 Tyrone Williams - FS</t>
   </si>
   <si>
     <t>#43 Charles McClain - CB</t>
   </si>
   <si>
     <t>#32 Edward Muller - SS</t>
   </si>
   <si>
     <t>#62 Tsawa Gangan - DT</t>
   </si>
   <si>
     <t>#1 Robert Gardea - MLB</t>
   </si>
   <si>
     <t>#69 Paul Messenger - DT</t>
   </si>
   <si>
-    <t>#15 Richard Reynolds - K</t>
+    <t>#2 Richard Reynolds - K</t>
   </si>
   <si>
     <t>NSH</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>SJX 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:46) Extra point GOOD by 6-Paul Wells. NSH 7 SJX 0</t>
   </si>
   <si>
     <t>#5 Brandon Graves - P</t>
   </si>
   <si>
     <t>#64 Frederick Riviera - LT</t>
   </si>
   <si>
     <t>#6 Paul Wells - K</t>
   </si>
   <si>
-    <t>#73 Joseph Lindsey - RT</t>
+    <t>#73 Joseph Lindsey - C</t>
   </si>
   <si>
     <t>#54 Brandon Martindale - LG</t>
   </si>
   <si>
     <t>#41 Mark Knight - RG</t>
   </si>
   <si>
     <t>#59 Jonathan Robinson - RT</t>
   </si>
   <si>
     <t>#74 Paul Vance - C</t>
   </si>
   <si>
     <t>#76 Christopher Canyon - LT</t>
   </si>
   <si>
     <t>#38 Robert Wilson - FB</t>
   </si>
   <si>
     <t>#50 Luka Prodan  - C</t>
   </si>
   <si>
     <t>#94 Michael Thomas - SLB</t>
   </si>
   <si>
     <t>#22 Armand Grigsby - FS</t>
   </si>
   <si>
     <t>#71 Richard Gary - LDE</t>
   </si>
   <si>
-    <t>#68 Jethro Tull - RDE</t>
+    <t>#71 Jethro Tull - RDE</t>
   </si>
   <si>
     <t>#32 Barry Griffin - CB</t>
   </si>
   <si>
     <t>#1 Joseph Scott - SLB</t>
   </si>
   <si>
     <t>#56 Jeffrey Bock - DT</t>
   </si>
   <si>
     <t>#96 Anthony Delk - MLB</t>
   </si>
   <si>
     <t>#60 William Joslin - RDE</t>
   </si>
   <si>
     <t>#51 Houston Cruise - MLB</t>
   </si>
   <si>
     <t>#20 James Shirley - CB</t>
   </si>
   <si>
     <t>NSH 35</t>
   </si>
@@ -530,78 +530,78 @@
   <si>
     <t>3-10-SJX 25 (14:39) 2-William Anderson pass Pass knocked down by 95-Stuart Renfroe. incomplete, intended for 86-Ian Haggerty.</t>
   </si>
   <si>
     <t>14:34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-SJX 25 (14:35) 16-William Maus punts 45 yards to NSH 30.</t>
   </si>
   <si>
     <t>#16 William Maus - P</t>
   </si>
   <si>
     <t>#66 Albert Spell - RT</t>
   </si>
   <si>
     <t>#59 Michael Sharp - RG</t>
   </si>
   <si>
-    <t>#73 Tommy Oldfield - LG</t>
+    <t>#73 Tommy Oldfield - LT</t>
   </si>
   <si>
     <t>#94 Pedro de Habides - WLB</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>NSH 30</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NSH 30 (14:28) 18-PtahSokar  Osiris pass INTERCEPTED by 20-James Shirley at NSH 33. 20-James Shirley to NSH 31 for 1 yards. Tackle by 81-John Conner.</t>
   </si>
   <si>
     <t>#18 PtahSokar  Osiris - QB</t>
   </si>
   <si>
     <t>#23 Melvin Phillips - RB</t>
   </si>
   <si>
     <t>#81 John Conner - WR</t>
   </si>
   <si>
-    <t>#15 Freddie Kim - WR</t>
+    <t>#10 Freddie Kim - WR</t>
   </si>
   <si>
     <t>#11 George Coronel - WR</t>
   </si>
   <si>
     <t>#72 Jeremy Haigh - LT</t>
   </si>
   <si>
     <t>#65 Carlos Brooks - DT</t>
   </si>
   <si>
     <t>#34 Brock Kerr - CB</t>
   </si>
   <si>
     <t>#37 Murray Bugg - SS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>NSH 31</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
@@ -2387,53 +2387,53 @@
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">